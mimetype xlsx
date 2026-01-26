--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -1535,50 +1535,52 @@
 PROF. SAMUEL_x000D_
 PROF.ª JACQUELINE_x000D_
 RAIFF MATOS_x000D_
 RAULZINHO_x000D_
 ROBERTO SABINO_x000D_
 ROSIVALDO CORDOVIL_x000D_
 THAYSA LIPPY_x000D_
 YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50870/pl_165_2024_thaysa_lippy_alteracao_lei_autistas.pdf</t>
   </si>
   <si>
     <t>ALTERA a Lei 2884, de 17 de maio de 2022 que dispõe sobre a diretriz municipal para garantia, proteção e ampliação dos direitos das pessoas com transtorno do espectro autista (TEA) e de seus familiares</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50871/pl_166_2024_profa._jacqueline_fixacao_de_avisos_contra_a_discriminacao.pdf</t>
   </si>
   <si>
     <t>DETERMINA a fixação de avisos nos estabelecimentos públicos ou privados contra a discriminação por orientação sexual ou identidade de gênero.</t>
   </si>
   <si>
     <t>JOELSON SILVA_x000D_
 JOÃO CARLOS_x000D_
 MARCEL ALEXANDRE_x000D_
+MITOSO_x000D_
+PROF. SAMUEL_x000D_
 RAIFF MATOS_x000D_
 RAULZINHO_x000D_
 ROBERTO SABINO</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50872/pl_167_2024_escola_biblica_de_ferias881.pdf</t>
   </si>
   <si>
     <t>INSTITUI, no âmbito do município de Manaus, o Mês da Escola Bíblica de Férias.</t>
   </si>
   <si>
     <t>MARCIO TAVARES_x000D_
 RAIFF MATOS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50873/pl_168_2024_marcio_tavares_aplicativo_de_chegada_na_escola_mar_.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o uso de aplicativo que notifique os pais da chegada dos alunos nas escolas, do município de Manaus.</t>
   </si>
   <si>
     <t>THAYSA LIPPY</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50874/pl_169_2024_thaysa_lippy_utilidade_publica.pdf</t>