--- v1 (2026-01-26)
+++ v2 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2727" uniqueCount="1302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2727" uniqueCount="1303">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -211,50 +211,59 @@
   </si>
   <si>
     <t>ALTERA a Lei nº 605, de 24 de julho de 2001 (Código Ambiental do Município de Manaus), na forma que especifica.</t>
   </si>
   <si>
     <t>IVO NETO_x000D_
 WALLACE OLIVEIRA</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50714/pl_018_2024_ivo_neto_telefones_uteis.pdf</t>
   </si>
   <si>
     <t>INSTITUI a inclusão de telefones úteis nas placas indicativas de nomes de ruas e logradouros públicos no município de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50715/pl_019_2024_ivo_neto_fissura_labiopalatina.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Dia Municipal de Conscientização sobre a Fissura Labiopalatina no município de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50716/pl_020_2024_ivo_neto_hiperinsulinismo.pdf</t>
   </si>
   <si>
     <t>INSTITUI a obrigatoriedade da realização de exame para identificar o Hiperinsulinismo Congênito em crianças nascidas em maternidade e estabelecimentos hospitalares, públicos e privados, no Município de Manaus.</t>
+  </si>
+  <si>
+    <t>DIEGO AFONSO_x000D_
+ELAN ALENCAR_x000D_
+EVERTON ASSIS_x000D_
+IVO NETO_x000D_
+PROF. SAMUEL_x000D_
+RAIFF MATOS_x000D_
+RODRIGO GUEDES</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50717/pl_021_2024_ivo_neto_empreendedor_manauara.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Prêmio “Empreendedor Manauara” no município de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50718/pl_022_2024_ivo_neto_dia_municipal_do_escritor.pdf</t>
   </si>
   <si>
     <t>INSTITUI no Calendário Oficial da Cidade de Manaus, o Dia Municipal do Escritor e dá outras providências.</t>
   </si>
   <si>
     <t>IVO NETO_x000D_
 MARCEL ALEXANDRE_x000D_
 MARCIO TAVARES_x000D_
 RAIFF MATOS_x000D_
 ROSIVALDO CORDOVIL_x000D_
 THAYSA LIPPY</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/50719/pl_023_2024_ivo_neto_camapnha_hiperinsulinismo.pdf</t>
   </si>
   <si>
@@ -3271,51 +3280,52 @@
   </si>
   <si>
     <t>AUTORIZA o Poder Executivo Municipal a alienar, por meio de doação, imóveis pertencentes ao patrimônio público municipal ao Fundo de Arrendamento Residencial (FAR), vinculado à Caixa Econômica Federal, para fins de implantação de projetos habitacionais de interesse social, e dá outras providências._x000D_
 Mensagem n. 051</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51106/pl_367_2024_-_mens._048_2024_-_pl_altera_lei_2.927_2022_-_estrutura_da_semsa_-_cria_cargos_de_diretor.pdf</t>
   </si>
   <si>
     <t>ALTERA a Lei n. 2.927, de 05 de julho de 2022, que dispõe sobre a estrutura organizacional da Secretaria Municipal de Saúde (Semsa)._x000D_
 Mensagem n. 048/2024.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51107/pl_368_2024_-_mens.__052_2024_-_pl_indice_reajuste_manausprev.pdf</t>
   </si>
   <si>
     <t>FIXA o índice de reajuste dos servidores da Manaus Previdência e dá outras providências._x000D_
 Mensagem n. 052/2024.</t>
   </si>
   <si>
     <t>CAIO ANDRÉ_x000D_
 EVERTON ASSIS_x000D_
 JANDER LOBATO_x000D_
 RAIFF MATOS_x000D_
 ROSINALDO BUAL_x000D_
-ROSIVALDO CORDOVIL</t>
+ROSIVALDO CORDOVIL_x000D_
+YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51108/pl_369_2024_everton_assis_dispoe_sobre_o_acesso_prioritario_ao_tratamento_clinico_e_cirurgico_para_mulheres_diagnosticadas_com_endometriose.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre o acesso prioritário ao tratamento clínico e cirúrgico para mulheres diagnosticadas com endometriose.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51109/pl_370_2024_everton_assis_institui_a_politica_municipal_de_protecao_aos_conselheiros_tutelares_do_municipio_de_manaus.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Política Municipal de Proteção aos Conselheiros Tutelares do Município de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51110/pl_371_2024_everton_assis_dispoe_sobre_a_obrigatoriedade_de_informacao_acerca_da_presenca_de_substancias_psicoativas_na_composicao_de_cosmeticos.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade de informação acerca da presença de substancias psicoativas na composição de cosméticos.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2024/51111/pl_372_2024_everton_assis_dispoe_sobre_a_garantia_de_atendimento_psicologico_sigiloso_as_mulheres_vitimas_de_assedio_sexual_em_ambiente_de_trabalho.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a garantia de atendimento psicológico sigiloso às mulheres vítimas de assédio sexual em ambiente de trabalho na Administração Pública direta e indireta, independentemente de denúncia formal e da existência de procedimento administrativo de investigação, visando a proteção, prevenção e o desenvolvimento de políticas públicas eficazes.</t>
   </si>
@@ -6256,13652 +6266,13652 @@
       </c>
       <c r="G21" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>50717</v>
       </c>
       <c r="B22">
         <v>2024</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>50718</v>
       </c>
       <c r="B23">
         <v>2024</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>39</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>50719</v>
       </c>
       <c r="B24">
         <v>2024</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>50720</v>
       </c>
       <c r="B25">
         <v>2024</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25" t="s">
         <v>9</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>50721</v>
       </c>
       <c r="B26">
         <v>2024</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>50722</v>
       </c>
       <c r="B27">
         <v>2024</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>50723</v>
       </c>
       <c r="B28">
         <v>2024</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>50724</v>
       </c>
       <c r="B29">
         <v>2024</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>50725</v>
       </c>
       <c r="B30">
         <v>2024</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>50726</v>
       </c>
       <c r="B31">
         <v>2024</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>50727</v>
       </c>
       <c r="B32">
         <v>2024</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>50728</v>
       </c>
       <c r="B33">
         <v>2024</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33" t="s">
         <v>9</v>
       </c>
       <c r="F33" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>50729</v>
       </c>
       <c r="B34">
         <v>2024</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34" t="s">
         <v>9</v>
       </c>
       <c r="F34" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>50730</v>
       </c>
       <c r="B35">
         <v>2024</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>50731</v>
       </c>
       <c r="B36">
         <v>2024</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
       <c r="F36" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>50732</v>
       </c>
       <c r="B37">
         <v>2024</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>50733</v>
       </c>
       <c r="B38">
         <v>2024</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>50734</v>
       </c>
       <c r="B39">
         <v>2024</v>
       </c>
       <c r="C39">
         <v>38</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
       <c r="F39" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>50735</v>
       </c>
       <c r="B40">
         <v>2024</v>
       </c>
       <c r="C40">
         <v>39</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>50736</v>
       </c>
       <c r="B41">
         <v>2024</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H41" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>50737</v>
       </c>
       <c r="B42">
         <v>2024</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
       <c r="F42" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H42" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>50738</v>
       </c>
       <c r="B43">
         <v>2024</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H43" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>50739</v>
       </c>
       <c r="B44">
         <v>2024</v>
       </c>
       <c r="C44">
         <v>43</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H44" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>50740</v>
       </c>
       <c r="B45">
         <v>2024</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45" t="s">
         <v>9</v>
       </c>
       <c r="F45" t="s">
         <v>39</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H45" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>50741</v>
       </c>
       <c r="B46">
         <v>2024</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="s">
         <v>8</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
       <c r="F46" t="s">
         <v>39</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>50742</v>
       </c>
       <c r="B47">
         <v>2024</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="s">
         <v>8</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
       <c r="F47" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H47" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>50743</v>
       </c>
       <c r="B48">
         <v>2024</v>
       </c>
       <c r="C48">
         <v>47</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>50744</v>
       </c>
       <c r="B49">
         <v>2024</v>
       </c>
       <c r="C49">
         <v>48</v>
       </c>
       <c r="D49" t="s">
         <v>8</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
       <c r="F49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>50745</v>
       </c>
       <c r="B50">
         <v>2024</v>
       </c>
       <c r="C50">
         <v>49</v>
       </c>
       <c r="D50" t="s">
         <v>8</v>
       </c>
       <c r="E50" t="s">
         <v>9</v>
       </c>
       <c r="F50" t="s">
         <v>39</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H50" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>50746</v>
       </c>
       <c r="B51">
         <v>2024</v>
       </c>
       <c r="C51">
         <v>50</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51" t="s">
         <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H51" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>50747</v>
       </c>
       <c r="B52">
         <v>2024</v>
       </c>
       <c r="C52">
         <v>51</v>
       </c>
       <c r="D52" t="s">
         <v>8</v>
       </c>
       <c r="E52" t="s">
         <v>9</v>
       </c>
       <c r="F52" t="s">
         <v>39</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H52" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>50748</v>
       </c>
       <c r="B53">
         <v>2024</v>
       </c>
       <c r="C53">
         <v>52</v>
       </c>
       <c r="D53" t="s">
         <v>8</v>
       </c>
       <c r="E53" t="s">
         <v>9</v>
       </c>
       <c r="F53" t="s">
         <v>39</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H53" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>50749</v>
       </c>
       <c r="B54">
         <v>2024</v>
       </c>
       <c r="C54">
         <v>53</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
       <c r="F54" t="s">
         <v>39</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H54" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>50750</v>
       </c>
       <c r="B55">
         <v>2024</v>
       </c>
       <c r="C55">
         <v>54</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
       <c r="F55" t="s">
         <v>39</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>50751</v>
       </c>
       <c r="B56">
         <v>2024</v>
       </c>
       <c r="C56">
         <v>55</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>9</v>
       </c>
       <c r="F56" t="s">
         <v>39</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>50752</v>
       </c>
       <c r="B57">
         <v>2024</v>
       </c>
       <c r="C57">
         <v>56</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57" t="s">
         <v>9</v>
       </c>
       <c r="F57" t="s">
         <v>39</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H57" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>50753</v>
       </c>
       <c r="B58">
         <v>2024</v>
       </c>
       <c r="C58">
         <v>57</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58" t="s">
         <v>9</v>
       </c>
       <c r="F58" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H58" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>50754</v>
       </c>
       <c r="B59">
         <v>2024</v>
       </c>
       <c r="C59">
         <v>58</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
       <c r="F59" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H59" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>50755</v>
       </c>
       <c r="B60">
         <v>2024</v>
       </c>
       <c r="C60">
         <v>59</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H60" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>50756</v>
       </c>
       <c r="B61">
         <v>2024</v>
       </c>
       <c r="C61">
         <v>60</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H61" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>50757</v>
       </c>
       <c r="B62">
         <v>2024</v>
       </c>
       <c r="C62">
         <v>61</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H62" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>50758</v>
       </c>
       <c r="B63">
         <v>2024</v>
       </c>
       <c r="C63">
         <v>62</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H63" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>50759</v>
       </c>
       <c r="B64">
         <v>2024</v>
       </c>
       <c r="C64">
         <v>63</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64" t="s">
         <v>9</v>
       </c>
       <c r="F64" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H64" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>50760</v>
       </c>
       <c r="B65">
         <v>2024</v>
       </c>
       <c r="C65">
         <v>64</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
       <c r="F65" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H65" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>50761</v>
       </c>
       <c r="B66">
         <v>2024</v>
       </c>
       <c r="C66">
         <v>65</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
       <c r="F66" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H66" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>50762</v>
       </c>
       <c r="B67">
         <v>2024</v>
       </c>
       <c r="C67">
         <v>66</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>50763</v>
       </c>
       <c r="B68">
         <v>2024</v>
       </c>
       <c r="C68">
         <v>67</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H68" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>50764</v>
       </c>
       <c r="B69">
         <v>2024</v>
       </c>
       <c r="C69">
         <v>68</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69" t="s">
         <v>9</v>
       </c>
       <c r="F69" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>50767</v>
       </c>
       <c r="B70">
         <v>2024</v>
       </c>
       <c r="C70">
         <v>69</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>50768</v>
       </c>
       <c r="B71">
         <v>2024</v>
       </c>
       <c r="C71">
         <v>70</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
         <v>9</v>
       </c>
       <c r="F71" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H71" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>50769</v>
       </c>
       <c r="B72">
         <v>2024</v>
       </c>
       <c r="C72">
         <v>71</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
       <c r="F72" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H72" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>50770</v>
       </c>
       <c r="B73">
         <v>2024</v>
       </c>
       <c r="C73">
         <v>72</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
       <c r="F73" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H73" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>50772</v>
       </c>
       <c r="B74">
         <v>2024</v>
       </c>
       <c r="C74">
         <v>73</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H74" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>50773</v>
       </c>
       <c r="B75">
         <v>2024</v>
       </c>
       <c r="C75">
         <v>74</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
       <c r="F75" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H75" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>50774</v>
       </c>
       <c r="B76">
         <v>2024</v>
       </c>
       <c r="C76">
         <v>75</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>9</v>
       </c>
       <c r="F76" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H76" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>50775</v>
       </c>
       <c r="B77">
         <v>2024</v>
       </c>
       <c r="C77">
         <v>76</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77" t="s">
         <v>9</v>
       </c>
       <c r="F77" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H77" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>50776</v>
       </c>
       <c r="B78">
         <v>2024</v>
       </c>
       <c r="C78">
         <v>77</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H78" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>50777</v>
       </c>
       <c r="B79">
         <v>2024</v>
       </c>
       <c r="C79">
         <v>78</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
       <c r="F79" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H79" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>50778</v>
       </c>
       <c r="B80">
         <v>2024</v>
       </c>
       <c r="C80">
         <v>79</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
       <c r="F80" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H80" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>50779</v>
       </c>
       <c r="B81">
         <v>2024</v>
       </c>
       <c r="C81">
         <v>80</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H81" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>50780</v>
       </c>
       <c r="B82">
         <v>2024</v>
       </c>
       <c r="C82">
         <v>81</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H82" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>50781</v>
       </c>
       <c r="B83">
         <v>2024</v>
       </c>
       <c r="C83">
         <v>82</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H83" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>50782</v>
       </c>
       <c r="B84">
         <v>2024</v>
       </c>
       <c r="C84">
         <v>83</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H84" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>50783</v>
       </c>
       <c r="B85">
         <v>2024</v>
       </c>
       <c r="C85">
         <v>84</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H85" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>50784</v>
       </c>
       <c r="B86">
         <v>2024</v>
       </c>
       <c r="C86">
         <v>85</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H86" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>50785</v>
       </c>
       <c r="B87">
         <v>2024</v>
       </c>
       <c r="C87">
         <v>86</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H87" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>50786</v>
       </c>
       <c r="B88">
         <v>2024</v>
       </c>
       <c r="C88">
         <v>87</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88" t="s">
         <v>9</v>
       </c>
       <c r="F88" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H88" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>50787</v>
       </c>
       <c r="B89">
         <v>2024</v>
       </c>
       <c r="C89">
         <v>88</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89" t="s">
         <v>9</v>
       </c>
       <c r="F89" t="s">
         <v>33</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H89" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>50788</v>
       </c>
       <c r="B90">
         <v>2024</v>
       </c>
       <c r="C90">
         <v>89</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
       <c r="F90" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H90" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>50789</v>
       </c>
       <c r="B91">
         <v>2024</v>
       </c>
       <c r="C91">
         <v>90</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91" t="s">
         <v>9</v>
       </c>
       <c r="F91" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H91" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>50790</v>
       </c>
       <c r="B92">
         <v>2024</v>
       </c>
       <c r="C92">
         <v>91</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
       <c r="E92" t="s">
         <v>9</v>
       </c>
       <c r="F92" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H92" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>50791</v>
       </c>
       <c r="B93">
         <v>2024</v>
       </c>
       <c r="C93">
         <v>92</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
       <c r="E93" t="s">
         <v>9</v>
       </c>
       <c r="F93" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H93" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>50792</v>
       </c>
       <c r="B94">
         <v>2024</v>
       </c>
       <c r="C94">
         <v>93</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
       <c r="F94" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H94" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>50793</v>
       </c>
       <c r="B95">
         <v>2024</v>
       </c>
       <c r="C95">
         <v>94</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95" t="s">
         <v>9</v>
       </c>
       <c r="F95" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H95" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>50794</v>
       </c>
       <c r="B96">
         <v>2024</v>
       </c>
       <c r="C96">
         <v>95</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96" t="s">
         <v>9</v>
       </c>
       <c r="F96" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H96" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>50795</v>
       </c>
       <c r="B97">
         <v>2024</v>
       </c>
       <c r="C97">
         <v>96</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H97" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>50796</v>
       </c>
       <c r="B98">
         <v>2024</v>
       </c>
       <c r="C98">
         <v>97</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H98" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>50797</v>
       </c>
       <c r="B99">
         <v>2024</v>
       </c>
       <c r="C99">
         <v>98</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H99" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>50798</v>
       </c>
       <c r="B100">
         <v>2024</v>
       </c>
       <c r="C100">
         <v>99</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100" t="s">
         <v>9</v>
       </c>
       <c r="F100" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H100" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>50799</v>
       </c>
       <c r="B101">
         <v>2024</v>
       </c>
       <c r="C101">
         <v>100</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H101" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>50800</v>
       </c>
       <c r="B102">
         <v>2024</v>
       </c>
       <c r="C102">
         <v>101</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102" t="s">
         <v>9</v>
       </c>
       <c r="F102" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H102" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>50801</v>
       </c>
       <c r="B103">
         <v>2024</v>
       </c>
       <c r="C103">
         <v>102</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103" t="s">
         <v>9</v>
       </c>
       <c r="F103" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H103" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>50802</v>
       </c>
       <c r="B104">
         <v>2024</v>
       </c>
       <c r="C104">
         <v>103</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104" t="s">
         <v>9</v>
       </c>
       <c r="F104" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H104" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>50803</v>
       </c>
       <c r="B105">
         <v>2024</v>
       </c>
       <c r="C105">
         <v>104</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
       <c r="F105" t="s">
         <v>33</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H105" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>50804</v>
       </c>
       <c r="B106">
         <v>2024</v>
       </c>
       <c r="C106">
         <v>105</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106" t="s">
         <v>9</v>
       </c>
       <c r="F106" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H106" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>50805</v>
       </c>
       <c r="B107">
         <v>2024</v>
       </c>
       <c r="C107">
         <v>106</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107" t="s">
         <v>9</v>
       </c>
       <c r="F107" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H107" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>50806</v>
       </c>
       <c r="B108">
         <v>2024</v>
       </c>
       <c r="C108">
         <v>107</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108" t="s">
         <v>9</v>
       </c>
       <c r="F108" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H108" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>50807</v>
       </c>
       <c r="B109">
         <v>2024</v>
       </c>
       <c r="C109">
         <v>108</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
       <c r="E109" t="s">
         <v>9</v>
       </c>
       <c r="F109" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H109" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>50808</v>
       </c>
       <c r="B110">
         <v>2024</v>
       </c>
       <c r="C110">
         <v>109</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
       <c r="F110" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H110" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>50809</v>
       </c>
       <c r="B111">
         <v>2024</v>
       </c>
       <c r="C111">
         <v>110</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>9</v>
       </c>
       <c r="F111" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H111" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>50810</v>
       </c>
       <c r="B112">
         <v>2024</v>
       </c>
       <c r="C112">
         <v>111</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112" t="s">
         <v>9</v>
       </c>
       <c r="F112" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H112" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>50811</v>
       </c>
       <c r="B113">
         <v>2024</v>
       </c>
       <c r="C113">
         <v>112</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113" t="s">
         <v>9</v>
       </c>
       <c r="F113" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H113" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>50812</v>
       </c>
       <c r="B114">
         <v>2024</v>
       </c>
       <c r="C114">
         <v>113</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114" t="s">
         <v>9</v>
       </c>
       <c r="F114" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H114" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>50813</v>
       </c>
       <c r="B115">
         <v>2024</v>
       </c>
       <c r="C115">
         <v>114</v>
       </c>
       <c r="D115" t="s">
         <v>8</v>
       </c>
       <c r="E115" t="s">
         <v>9</v>
       </c>
       <c r="F115" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H115" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>50814</v>
       </c>
       <c r="B116">
         <v>2024</v>
       </c>
       <c r="C116">
         <v>115</v>
       </c>
       <c r="D116" t="s">
         <v>8</v>
       </c>
       <c r="E116" t="s">
         <v>9</v>
       </c>
       <c r="F116" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H116" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>50815</v>
       </c>
       <c r="B117">
         <v>2024</v>
       </c>
       <c r="C117">
         <v>116</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
       <c r="E117" t="s">
         <v>9</v>
       </c>
       <c r="F117" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H117" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>50816</v>
       </c>
       <c r="B118">
         <v>2024</v>
       </c>
       <c r="C118">
         <v>117</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118" t="s">
         <v>9</v>
       </c>
       <c r="F118" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H118" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>50817</v>
       </c>
       <c r="B119">
         <v>2024</v>
       </c>
       <c r="C119">
         <v>118</v>
       </c>
       <c r="D119" t="s">
         <v>8</v>
       </c>
       <c r="E119" t="s">
         <v>9</v>
       </c>
       <c r="F119" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H119" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>50818</v>
       </c>
       <c r="B120">
         <v>2024</v>
       </c>
       <c r="C120">
         <v>119</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
       <c r="E120" t="s">
         <v>9</v>
       </c>
       <c r="F120" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H120" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>50819</v>
       </c>
       <c r="B121">
         <v>2024</v>
       </c>
       <c r="C121">
         <v>120</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121" t="s">
         <v>9</v>
       </c>
       <c r="F121" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H121" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>50820</v>
       </c>
       <c r="B122">
         <v>2024</v>
       </c>
       <c r="C122">
         <v>121</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H122" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>50821</v>
       </c>
       <c r="B123">
         <v>2024</v>
       </c>
       <c r="C123">
         <v>122</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123" t="s">
         <v>9</v>
       </c>
       <c r="F123" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H123" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>50822</v>
       </c>
       <c r="B124">
         <v>2024</v>
       </c>
       <c r="C124">
         <v>123</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
       <c r="E124" t="s">
         <v>9</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H124" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>50823</v>
       </c>
       <c r="B125">
         <v>2024</v>
       </c>
       <c r="C125">
         <v>124</v>
       </c>
       <c r="D125" t="s">
         <v>8</v>
       </c>
       <c r="E125" t="s">
         <v>9</v>
       </c>
       <c r="F125" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H125" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>50824</v>
       </c>
       <c r="B126">
         <v>2024</v>
       </c>
       <c r="C126">
         <v>125</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H126" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>50826</v>
       </c>
       <c r="B127">
         <v>2024</v>
       </c>
       <c r="C127">
         <v>126</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
       <c r="F127" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H127" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>50827</v>
       </c>
       <c r="B128">
         <v>2024</v>
       </c>
       <c r="C128">
         <v>127</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
       <c r="F128" t="s">
         <v>39</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H128" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>50828</v>
       </c>
       <c r="B129">
         <v>2024</v>
       </c>
       <c r="C129">
         <v>128</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H129" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>50830</v>
       </c>
       <c r="B130">
         <v>2024</v>
       </c>
       <c r="C130">
         <v>129</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
       <c r="F130" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H130" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>50831</v>
       </c>
       <c r="B131">
         <v>2024</v>
       </c>
       <c r="C131">
         <v>130</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H131" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>50832</v>
       </c>
       <c r="B132">
         <v>2024</v>
       </c>
       <c r="C132">
         <v>131</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
         <v>39</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H132" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>50833</v>
       </c>
       <c r="B133">
         <v>2024</v>
       </c>
       <c r="C133">
         <v>132</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H133" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>50834</v>
       </c>
       <c r="B134">
         <v>2024</v>
       </c>
       <c r="C134">
         <v>133</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134" t="s">
         <v>9</v>
       </c>
       <c r="F134" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H134" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>50835</v>
       </c>
       <c r="B135">
         <v>2024</v>
       </c>
       <c r="C135">
         <v>134</v>
       </c>
       <c r="D135" t="s">
         <v>8</v>
       </c>
       <c r="E135" t="s">
         <v>9</v>
       </c>
       <c r="F135" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H135" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>50836</v>
       </c>
       <c r="B136">
         <v>2024</v>
       </c>
       <c r="C136">
         <v>135</v>
       </c>
       <c r="D136" t="s">
         <v>8</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H136" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>50837</v>
       </c>
       <c r="B137">
         <v>2024</v>
       </c>
       <c r="C137">
         <v>136</v>
       </c>
       <c r="D137" t="s">
         <v>8</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H137" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>50838</v>
       </c>
       <c r="B138">
         <v>2024</v>
       </c>
       <c r="C138">
         <v>137</v>
       </c>
       <c r="D138" t="s">
         <v>8</v>
       </c>
       <c r="E138" t="s">
         <v>9</v>
       </c>
       <c r="F138" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H138" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>50839</v>
       </c>
       <c r="B139">
         <v>2024</v>
       </c>
       <c r="C139">
         <v>138</v>
       </c>
       <c r="D139" t="s">
         <v>8</v>
       </c>
       <c r="E139" t="s">
         <v>9</v>
       </c>
       <c r="F139" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H139" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>50840</v>
       </c>
       <c r="B140">
         <v>2024</v>
       </c>
       <c r="C140">
         <v>139</v>
       </c>
       <c r="D140" t="s">
         <v>8</v>
       </c>
       <c r="E140" t="s">
         <v>9</v>
       </c>
       <c r="F140" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H140" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>50842</v>
       </c>
       <c r="B141">
         <v>2024</v>
       </c>
       <c r="C141">
         <v>140</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141" t="s">
         <v>9</v>
       </c>
       <c r="F141" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H141" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>50843</v>
       </c>
       <c r="B142">
         <v>2024</v>
       </c>
       <c r="C142">
         <v>141</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
       <c r="E142" t="s">
         <v>9</v>
       </c>
       <c r="F142" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H142" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>50844</v>
       </c>
       <c r="B143">
         <v>2024</v>
       </c>
       <c r="C143">
         <v>142</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143" t="s">
         <v>9</v>
       </c>
       <c r="F143" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H143" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>50845</v>
       </c>
       <c r="B144">
         <v>2024</v>
       </c>
       <c r="C144">
         <v>143</v>
       </c>
       <c r="D144" t="s">
         <v>8</v>
       </c>
       <c r="E144" t="s">
         <v>9</v>
       </c>
       <c r="F144" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H144" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>50846</v>
       </c>
       <c r="B145">
         <v>2024</v>
       </c>
       <c r="C145">
         <v>144</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145" t="s">
         <v>9</v>
       </c>
       <c r="F145" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H145" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>50847</v>
       </c>
       <c r="B146">
         <v>2024</v>
       </c>
       <c r="C146">
         <v>145</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
         <v>39</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H146" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>50848</v>
       </c>
       <c r="B147">
         <v>2024</v>
       </c>
       <c r="C147">
         <v>146</v>
       </c>
       <c r="D147" t="s">
         <v>8</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H147" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>50849</v>
       </c>
       <c r="B148">
         <v>2024</v>
       </c>
       <c r="C148">
         <v>147</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H148" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>50850</v>
       </c>
       <c r="B149">
         <v>2024</v>
       </c>
       <c r="C149">
         <v>148</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H149" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>50851</v>
       </c>
       <c r="B150">
         <v>2024</v>
       </c>
       <c r="C150">
         <v>149</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H150" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>50852</v>
       </c>
       <c r="B151">
         <v>2024</v>
       </c>
       <c r="C151">
         <v>150</v>
       </c>
       <c r="D151" t="s">
         <v>8</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H151" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>50853</v>
       </c>
       <c r="B152">
         <v>2024</v>
       </c>
       <c r="C152">
         <v>151</v>
       </c>
       <c r="D152" t="s">
         <v>8</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H152" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>50854</v>
       </c>
       <c r="B153">
         <v>2024</v>
       </c>
       <c r="C153">
         <v>152</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
       <c r="E153" t="s">
         <v>9</v>
       </c>
       <c r="F153" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H153" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>50855</v>
       </c>
       <c r="B154">
         <v>2024</v>
       </c>
       <c r="C154">
         <v>153</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154" t="s">
         <v>9</v>
       </c>
       <c r="F154" t="s">
         <v>19</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H154" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>50856</v>
       </c>
       <c r="B155">
         <v>2024</v>
       </c>
       <c r="C155">
         <v>154</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155" t="s">
         <v>9</v>
       </c>
       <c r="F155" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H155" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>50858</v>
       </c>
       <c r="B156">
         <v>2024</v>
       </c>
       <c r="C156">
         <v>155</v>
       </c>
       <c r="D156" t="s">
         <v>8</v>
       </c>
       <c r="E156" t="s">
         <v>9</v>
       </c>
       <c r="F156" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H156" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>50860</v>
       </c>
       <c r="B157">
         <v>2024</v>
       </c>
       <c r="C157">
         <v>156</v>
       </c>
       <c r="D157" t="s">
         <v>8</v>
       </c>
       <c r="E157" t="s">
         <v>9</v>
       </c>
       <c r="F157" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H157" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>50862</v>
       </c>
       <c r="B158">
         <v>2024</v>
       </c>
       <c r="C158">
         <v>157</v>
       </c>
       <c r="D158" t="s">
         <v>8</v>
       </c>
       <c r="E158" t="s">
         <v>9</v>
       </c>
       <c r="F158" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H158" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>50863</v>
       </c>
       <c r="B159">
         <v>2024</v>
       </c>
       <c r="C159">
         <v>158</v>
       </c>
       <c r="D159" t="s">
         <v>8</v>
       </c>
       <c r="E159" t="s">
         <v>9</v>
       </c>
       <c r="F159" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H159" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>50864</v>
       </c>
       <c r="B160">
         <v>2024</v>
       </c>
       <c r="C160">
         <v>159</v>
       </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="E160" t="s">
         <v>9</v>
       </c>
       <c r="F160" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H160" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>50865</v>
       </c>
       <c r="B161">
         <v>2024</v>
       </c>
       <c r="C161">
         <v>160</v>
       </c>
       <c r="D161" t="s">
         <v>8</v>
       </c>
       <c r="E161" t="s">
         <v>9</v>
       </c>
       <c r="F161" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H161" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>50866</v>
       </c>
       <c r="B162">
         <v>2024</v>
       </c>
       <c r="C162">
         <v>161</v>
       </c>
       <c r="D162" t="s">
         <v>8</v>
       </c>
       <c r="E162" t="s">
         <v>9</v>
       </c>
       <c r="F162" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H162" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>50867</v>
       </c>
       <c r="B163">
         <v>2024</v>
       </c>
       <c r="C163">
         <v>162</v>
       </c>
       <c r="D163" t="s">
         <v>8</v>
       </c>
       <c r="E163" t="s">
         <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H163" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>50868</v>
       </c>
       <c r="B164">
         <v>2024</v>
       </c>
       <c r="C164">
         <v>163</v>
       </c>
       <c r="D164" t="s">
         <v>8</v>
       </c>
       <c r="E164" t="s">
         <v>9</v>
       </c>
       <c r="F164" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H164" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>50869</v>
       </c>
       <c r="B165">
         <v>2024</v>
       </c>
       <c r="C165">
         <v>164</v>
       </c>
       <c r="D165" t="s">
         <v>8</v>
       </c>
       <c r="E165" t="s">
         <v>9</v>
       </c>
       <c r="F165" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H165" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>50870</v>
       </c>
       <c r="B166">
         <v>2024</v>
       </c>
       <c r="C166">
         <v>165</v>
       </c>
       <c r="D166" t="s">
         <v>8</v>
       </c>
       <c r="E166" t="s">
         <v>9</v>
       </c>
       <c r="F166" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H166" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>50871</v>
       </c>
       <c r="B167">
         <v>2024</v>
       </c>
       <c r="C167">
         <v>166</v>
       </c>
       <c r="D167" t="s">
         <v>8</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H167" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>50872</v>
       </c>
       <c r="B168">
         <v>2024</v>
       </c>
       <c r="C168">
         <v>167</v>
       </c>
       <c r="D168" t="s">
         <v>8</v>
       </c>
       <c r="E168" t="s">
         <v>9</v>
       </c>
       <c r="F168" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H168" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>50873</v>
       </c>
       <c r="B169">
         <v>2024</v>
       </c>
       <c r="C169">
         <v>168</v>
       </c>
       <c r="D169" t="s">
         <v>8</v>
       </c>
       <c r="E169" t="s">
         <v>9</v>
       </c>
       <c r="F169" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H169" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>50874</v>
       </c>
       <c r="B170">
         <v>2024</v>
       </c>
       <c r="C170">
         <v>169</v>
       </c>
       <c r="D170" t="s">
         <v>8</v>
       </c>
       <c r="E170" t="s">
         <v>9</v>
       </c>
       <c r="F170" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H170" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>50875</v>
       </c>
       <c r="B171">
         <v>2024</v>
       </c>
       <c r="C171">
         <v>170</v>
       </c>
       <c r="D171" t="s">
         <v>8</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H171" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>50876</v>
       </c>
       <c r="B172">
         <v>2024</v>
       </c>
       <c r="C172">
         <v>171</v>
       </c>
       <c r="D172" t="s">
         <v>8</v>
       </c>
       <c r="E172" t="s">
         <v>9</v>
       </c>
       <c r="F172" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H172" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>50877</v>
       </c>
       <c r="B173">
         <v>2024</v>
       </c>
       <c r="C173">
         <v>172</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
       <c r="E173" t="s">
         <v>9</v>
       </c>
       <c r="F173" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H173" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>50878</v>
       </c>
       <c r="B174">
         <v>2024</v>
       </c>
       <c r="C174">
         <v>173</v>
       </c>
       <c r="D174" t="s">
         <v>8</v>
       </c>
       <c r="E174" t="s">
         <v>9</v>
       </c>
       <c r="F174" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H174" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>50879</v>
       </c>
       <c r="B175">
         <v>2024</v>
       </c>
       <c r="C175">
         <v>174</v>
       </c>
       <c r="D175" t="s">
         <v>8</v>
       </c>
       <c r="E175" t="s">
         <v>9</v>
       </c>
       <c r="F175" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H175" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>50880</v>
       </c>
       <c r="B176">
         <v>2024</v>
       </c>
       <c r="C176">
         <v>175</v>
       </c>
       <c r="D176" t="s">
         <v>8</v>
       </c>
       <c r="E176" t="s">
         <v>9</v>
       </c>
       <c r="F176" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H176" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>50882</v>
       </c>
       <c r="B177">
         <v>2024</v>
       </c>
       <c r="C177">
         <v>176</v>
       </c>
       <c r="D177" t="s">
         <v>8</v>
       </c>
       <c r="E177" t="s">
         <v>9</v>
       </c>
       <c r="F177" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H177" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>50883</v>
       </c>
       <c r="B178">
         <v>2024</v>
       </c>
       <c r="C178">
         <v>177</v>
       </c>
       <c r="D178" t="s">
         <v>8</v>
       </c>
       <c r="E178" t="s">
         <v>9</v>
       </c>
       <c r="F178" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H178" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>50884</v>
       </c>
       <c r="B179">
         <v>2024</v>
       </c>
       <c r="C179">
         <v>178</v>
       </c>
       <c r="D179" t="s">
         <v>8</v>
       </c>
       <c r="E179" t="s">
         <v>9</v>
       </c>
       <c r="F179" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H179" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>50885</v>
       </c>
       <c r="B180">
         <v>2024</v>
       </c>
       <c r="C180">
         <v>179</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
       <c r="E180" t="s">
         <v>9</v>
       </c>
       <c r="F180" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H180" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>50886</v>
       </c>
       <c r="B181">
         <v>2024</v>
       </c>
       <c r="C181">
         <v>180</v>
       </c>
       <c r="D181" t="s">
         <v>8</v>
       </c>
       <c r="E181" t="s">
         <v>9</v>
       </c>
       <c r="F181" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H181" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>50887</v>
       </c>
       <c r="B182">
         <v>2024</v>
       </c>
       <c r="C182">
         <v>181</v>
       </c>
       <c r="D182" t="s">
         <v>8</v>
       </c>
       <c r="E182" t="s">
         <v>9</v>
       </c>
       <c r="F182" t="s">
         <v>33</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H182" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>50888</v>
       </c>
       <c r="B183">
         <v>2024</v>
       </c>
       <c r="C183">
         <v>182</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
       <c r="E183" t="s">
         <v>9</v>
       </c>
       <c r="F183" t="s">
         <v>33</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H183" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>50889</v>
       </c>
       <c r="B184">
         <v>2024</v>
       </c>
       <c r="C184">
         <v>183</v>
       </c>
       <c r="D184" t="s">
         <v>8</v>
       </c>
       <c r="E184" t="s">
         <v>9</v>
       </c>
       <c r="F184" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H184" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>50890</v>
       </c>
       <c r="B185">
         <v>2024</v>
       </c>
       <c r="C185">
         <v>184</v>
       </c>
       <c r="D185" t="s">
         <v>8</v>
       </c>
       <c r="E185" t="s">
         <v>9</v>
       </c>
       <c r="F185" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H185" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>50893</v>
       </c>
       <c r="B186">
         <v>2024</v>
       </c>
       <c r="C186">
         <v>185</v>
       </c>
       <c r="D186" t="s">
         <v>8</v>
       </c>
       <c r="E186" t="s">
         <v>9</v>
       </c>
       <c r="F186" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H186" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>50894</v>
       </c>
       <c r="B187">
         <v>2024</v>
       </c>
       <c r="C187">
         <v>186</v>
       </c>
       <c r="D187" t="s">
         <v>8</v>
       </c>
       <c r="E187" t="s">
         <v>9</v>
       </c>
       <c r="F187" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H187" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>50895</v>
       </c>
       <c r="B188">
         <v>2024</v>
       </c>
       <c r="C188">
         <v>187</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
       <c r="E188" t="s">
         <v>9</v>
       </c>
       <c r="F188" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H188" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>50896</v>
       </c>
       <c r="B189">
         <v>2024</v>
       </c>
       <c r="C189">
         <v>188</v>
       </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
       <c r="E189" t="s">
         <v>9</v>
       </c>
       <c r="F189" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H189" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>50897</v>
       </c>
       <c r="B190">
         <v>2024</v>
       </c>
       <c r="C190">
         <v>189</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H190" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>50898</v>
       </c>
       <c r="B191">
         <v>2024</v>
       </c>
       <c r="C191">
         <v>190</v>
       </c>
       <c r="D191" t="s">
         <v>8</v>
       </c>
       <c r="E191" t="s">
         <v>9</v>
       </c>
       <c r="F191" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H191" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>50899</v>
       </c>
       <c r="B192">
         <v>2024</v>
       </c>
       <c r="C192">
         <v>191</v>
       </c>
       <c r="D192" t="s">
         <v>8</v>
       </c>
       <c r="E192" t="s">
         <v>9</v>
       </c>
       <c r="F192" t="s">
         <v>19</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H192" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>50900</v>
       </c>
       <c r="B193">
         <v>2024</v>
       </c>
       <c r="C193">
         <v>192</v>
       </c>
       <c r="D193" t="s">
         <v>8</v>
       </c>
       <c r="E193" t="s">
         <v>9</v>
       </c>
       <c r="F193" t="s">
         <v>19</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H193" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>50901</v>
       </c>
       <c r="B194">
         <v>2024</v>
       </c>
       <c r="C194">
         <v>193</v>
       </c>
       <c r="D194" t="s">
         <v>8</v>
       </c>
       <c r="E194" t="s">
         <v>9</v>
       </c>
       <c r="F194" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H194" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>50902</v>
       </c>
       <c r="B195">
         <v>2024</v>
       </c>
       <c r="C195">
         <v>194</v>
       </c>
       <c r="D195" t="s">
         <v>8</v>
       </c>
       <c r="E195" t="s">
         <v>9</v>
       </c>
       <c r="F195" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H195" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>50903</v>
       </c>
       <c r="B196">
         <v>2024</v>
       </c>
       <c r="C196">
         <v>195</v>
       </c>
       <c r="D196" t="s">
         <v>8</v>
       </c>
       <c r="E196" t="s">
         <v>9</v>
       </c>
       <c r="F196" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H196" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>50904</v>
       </c>
       <c r="B197">
         <v>2024</v>
       </c>
       <c r="C197">
         <v>196</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197" t="s">
         <v>9</v>
       </c>
       <c r="F197" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H197" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>50907</v>
       </c>
       <c r="B198">
         <v>2024</v>
       </c>
       <c r="C198">
         <v>197</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198" t="s">
         <v>9</v>
       </c>
       <c r="F198" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H198" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>50908</v>
       </c>
       <c r="B199">
         <v>2024</v>
       </c>
       <c r="C199">
         <v>198</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199" t="s">
         <v>9</v>
       </c>
       <c r="F199" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H199" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>50909</v>
       </c>
       <c r="B200">
         <v>2024</v>
       </c>
       <c r="C200">
         <v>199</v>
       </c>
       <c r="D200" t="s">
         <v>8</v>
       </c>
       <c r="E200" t="s">
         <v>9</v>
       </c>
       <c r="F200" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H200" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>50911</v>
       </c>
       <c r="B201">
         <v>2024</v>
       </c>
       <c r="C201">
         <v>200</v>
       </c>
       <c r="D201" t="s">
         <v>8</v>
       </c>
       <c r="E201" t="s">
         <v>9</v>
       </c>
       <c r="F201" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H201" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>50912</v>
       </c>
       <c r="B202">
         <v>2024</v>
       </c>
       <c r="C202">
         <v>201</v>
       </c>
       <c r="D202" t="s">
         <v>8</v>
       </c>
       <c r="E202" t="s">
         <v>9</v>
       </c>
       <c r="F202" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H202" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>50913</v>
       </c>
       <c r="B203">
         <v>2024</v>
       </c>
       <c r="C203">
         <v>202</v>
       </c>
       <c r="D203" t="s">
         <v>8</v>
       </c>
       <c r="E203" t="s">
         <v>9</v>
       </c>
       <c r="F203" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H203" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>50914</v>
       </c>
       <c r="B204">
         <v>2024</v>
       </c>
       <c r="C204">
         <v>203</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
       <c r="E204" t="s">
         <v>9</v>
       </c>
       <c r="F204" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H204" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>50915</v>
       </c>
       <c r="B205">
         <v>2024</v>
       </c>
       <c r="C205">
         <v>204</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205" t="s">
         <v>9</v>
       </c>
       <c r="F205" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H205" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>50916</v>
       </c>
       <c r="B206">
         <v>2024</v>
       </c>
       <c r="C206">
         <v>205</v>
       </c>
       <c r="D206" t="s">
         <v>8</v>
       </c>
       <c r="E206" t="s">
         <v>9</v>
       </c>
       <c r="F206" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H206" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>50917</v>
       </c>
       <c r="B207">
         <v>2024</v>
       </c>
       <c r="C207">
         <v>206</v>
       </c>
       <c r="D207" t="s">
         <v>8</v>
       </c>
       <c r="E207" t="s">
         <v>9</v>
       </c>
       <c r="F207" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H207" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>50918</v>
       </c>
       <c r="B208">
         <v>2024</v>
       </c>
       <c r="C208">
         <v>207</v>
       </c>
       <c r="D208" t="s">
         <v>8</v>
       </c>
       <c r="E208" t="s">
         <v>9</v>
       </c>
       <c r="F208" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H208" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>50919</v>
       </c>
       <c r="B209">
         <v>2024</v>
       </c>
       <c r="C209">
         <v>208</v>
       </c>
       <c r="D209" t="s">
         <v>8</v>
       </c>
       <c r="E209" t="s">
         <v>9</v>
       </c>
       <c r="F209" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H209" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>50920</v>
       </c>
       <c r="B210">
         <v>2024</v>
       </c>
       <c r="C210">
         <v>209</v>
       </c>
       <c r="D210" t="s">
         <v>8</v>
       </c>
       <c r="E210" t="s">
         <v>9</v>
       </c>
       <c r="F210" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H210" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>50922</v>
       </c>
       <c r="B211">
         <v>2024</v>
       </c>
       <c r="C211">
         <v>210</v>
       </c>
       <c r="D211" t="s">
         <v>8</v>
       </c>
       <c r="E211" t="s">
         <v>9</v>
       </c>
       <c r="F211" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H211" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>50923</v>
       </c>
       <c r="B212">
         <v>2024</v>
       </c>
       <c r="C212">
         <v>211</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212" t="s">
         <v>9</v>
       </c>
       <c r="F212" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H212" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>50924</v>
       </c>
       <c r="B213">
         <v>2024</v>
       </c>
       <c r="C213">
         <v>212</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213" t="s">
         <v>9</v>
       </c>
       <c r="F213" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H213" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>50925</v>
       </c>
       <c r="B214">
         <v>2024</v>
       </c>
       <c r="C214">
         <v>213</v>
       </c>
       <c r="D214" t="s">
         <v>8</v>
       </c>
       <c r="E214" t="s">
         <v>9</v>
       </c>
       <c r="F214" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H214" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>50926</v>
       </c>
       <c r="B215">
         <v>2024</v>
       </c>
       <c r="C215">
         <v>214</v>
       </c>
       <c r="D215" t="s">
         <v>8</v>
       </c>
       <c r="E215" t="s">
         <v>9</v>
       </c>
       <c r="F215" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H215" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>50927</v>
       </c>
       <c r="B216">
         <v>2024</v>
       </c>
       <c r="C216">
         <v>215</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216" t="s">
         <v>9</v>
       </c>
       <c r="F216" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H216" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>50928</v>
       </c>
       <c r="B217">
         <v>2024</v>
       </c>
       <c r="C217">
         <v>216</v>
       </c>
       <c r="D217" t="s">
         <v>8</v>
       </c>
       <c r="E217" t="s">
         <v>9</v>
       </c>
       <c r="F217" t="s">
         <v>19</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H217" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>50929</v>
       </c>
       <c r="B218">
         <v>2024</v>
       </c>
       <c r="C218">
         <v>217</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218" t="s">
         <v>9</v>
       </c>
       <c r="F218" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H218" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>50930</v>
       </c>
       <c r="B219">
         <v>2024</v>
       </c>
       <c r="C219">
         <v>218</v>
       </c>
       <c r="D219" t="s">
         <v>8</v>
       </c>
       <c r="E219" t="s">
         <v>9</v>
       </c>
       <c r="F219" t="s">
         <v>39</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H219" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>50931</v>
       </c>
       <c r="B220">
         <v>2024</v>
       </c>
       <c r="C220">
         <v>219</v>
       </c>
       <c r="D220" t="s">
         <v>8</v>
       </c>
       <c r="E220" t="s">
         <v>9</v>
       </c>
       <c r="F220" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H220" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>50932</v>
       </c>
       <c r="B221">
         <v>2024</v>
       </c>
       <c r="C221">
         <v>220</v>
       </c>
       <c r="D221" t="s">
         <v>8</v>
       </c>
       <c r="E221" t="s">
         <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>39</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H221" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>50934</v>
       </c>
       <c r="B222">
         <v>2024</v>
       </c>
       <c r="C222">
         <v>221</v>
       </c>
       <c r="D222" t="s">
         <v>8</v>
       </c>
       <c r="E222" t="s">
         <v>9</v>
       </c>
       <c r="F222" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H222" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>50935</v>
       </c>
       <c r="B223">
         <v>2024</v>
       </c>
       <c r="C223">
         <v>222</v>
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223" t="s">
         <v>9</v>
       </c>
       <c r="F223" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H223" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>50937</v>
       </c>
       <c r="B224">
         <v>2024</v>
       </c>
       <c r="C224">
         <v>223</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224" t="s">
         <v>9</v>
       </c>
       <c r="F224" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H224" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>50938</v>
       </c>
       <c r="B225">
         <v>2024</v>
       </c>
       <c r="C225">
         <v>224</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225" t="s">
         <v>9</v>
       </c>
       <c r="F225" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H225" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>50939</v>
       </c>
       <c r="B226">
         <v>2024</v>
       </c>
       <c r="C226">
         <v>225</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226" t="s">
         <v>9</v>
       </c>
       <c r="F226" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H226" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>50940</v>
       </c>
       <c r="B227">
         <v>2024</v>
       </c>
       <c r="C227">
         <v>226</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H227" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>50941</v>
       </c>
       <c r="B228">
         <v>2024</v>
       </c>
       <c r="C228">
         <v>227</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228" t="s">
         <v>9</v>
       </c>
       <c r="F228" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H228" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>50942</v>
       </c>
       <c r="B229">
         <v>2024</v>
       </c>
       <c r="C229">
         <v>228</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229" t="s">
         <v>9</v>
       </c>
       <c r="F229" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H229" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>50943</v>
       </c>
       <c r="B230">
         <v>2024</v>
       </c>
       <c r="C230">
         <v>229</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230" t="s">
         <v>9</v>
       </c>
       <c r="F230" t="s">
         <v>33</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H230" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>50944</v>
       </c>
       <c r="B231">
         <v>2024</v>
       </c>
       <c r="C231">
         <v>230</v>
       </c>
       <c r="D231" t="s">
         <v>8</v>
       </c>
       <c r="E231" t="s">
         <v>9</v>
       </c>
       <c r="F231" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H231" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>50946</v>
       </c>
       <c r="B232">
         <v>2024</v>
       </c>
       <c r="C232">
         <v>231</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232" t="s">
         <v>9</v>
       </c>
       <c r="F232" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H232" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>50947</v>
       </c>
       <c r="B233">
         <v>2024</v>
       </c>
       <c r="C233">
         <v>232</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233" t="s">
         <v>9</v>
       </c>
       <c r="F233" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H233" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>50949</v>
       </c>
       <c r="B234">
         <v>2024</v>
       </c>
       <c r="C234">
         <v>233</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234" t="s">
         <v>9</v>
       </c>
       <c r="F234" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H234" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>50950</v>
       </c>
       <c r="B235">
         <v>2024</v>
       </c>
       <c r="C235">
         <v>234</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235" t="s">
         <v>9</v>
       </c>
       <c r="F235" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H235" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>50951</v>
       </c>
       <c r="B236">
         <v>2024</v>
       </c>
       <c r="C236">
         <v>235</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236" t="s">
         <v>9</v>
       </c>
       <c r="F236" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H236" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>50952</v>
       </c>
       <c r="B237">
         <v>2024</v>
       </c>
       <c r="C237">
         <v>236</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237" t="s">
         <v>9</v>
       </c>
       <c r="F237" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H237" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>50953</v>
       </c>
       <c r="B238">
         <v>2024</v>
       </c>
       <c r="C238">
         <v>237</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238" t="s">
         <v>9</v>
       </c>
       <c r="F238" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H238" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>50954</v>
       </c>
       <c r="B239">
         <v>2024</v>
       </c>
       <c r="C239">
         <v>238</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239" t="s">
         <v>9</v>
       </c>
       <c r="F239" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H239" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>50955</v>
       </c>
       <c r="B240">
         <v>2024</v>
       </c>
       <c r="C240">
         <v>239</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240" t="s">
         <v>9</v>
       </c>
       <c r="F240" t="s">
         <v>39</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H240" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>50956</v>
       </c>
       <c r="B241">
         <v>2024</v>
       </c>
       <c r="C241">
         <v>240</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241" t="s">
         <v>9</v>
       </c>
       <c r="F241" t="s">
         <v>39</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H241" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>50957</v>
       </c>
       <c r="B242">
         <v>2024</v>
       </c>
       <c r="C242">
         <v>241</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242" t="s">
         <v>9</v>
       </c>
       <c r="F242" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H242" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>50958</v>
       </c>
       <c r="B243">
         <v>2024</v>
       </c>
       <c r="C243">
         <v>242</v>
       </c>
       <c r="D243" t="s">
         <v>8</v>
       </c>
       <c r="E243" t="s">
         <v>9</v>
       </c>
       <c r="F243" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H243" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>50960</v>
       </c>
       <c r="B244">
         <v>2024</v>
       </c>
       <c r="C244">
         <v>243</v>
       </c>
       <c r="D244" t="s">
         <v>8</v>
       </c>
       <c r="E244" t="s">
         <v>9</v>
       </c>
       <c r="F244" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H244" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>50961</v>
       </c>
       <c r="B245">
         <v>2024</v>
       </c>
       <c r="C245">
         <v>244</v>
       </c>
       <c r="D245" t="s">
         <v>8</v>
       </c>
       <c r="E245" t="s">
         <v>9</v>
       </c>
       <c r="F245" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H245" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>50962</v>
       </c>
       <c r="B246">
         <v>2024</v>
       </c>
       <c r="C246">
         <v>245</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246" t="s">
         <v>9</v>
       </c>
       <c r="F246" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H246" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>50963</v>
       </c>
       <c r="B247">
         <v>2024</v>
       </c>
       <c r="C247">
         <v>246</v>
       </c>
       <c r="D247" t="s">
         <v>8</v>
       </c>
       <c r="E247" t="s">
         <v>9</v>
       </c>
       <c r="F247" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="H247" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>50964</v>
       </c>
       <c r="B248">
         <v>2024</v>
       </c>
       <c r="C248">
         <v>247</v>
       </c>
       <c r="D248" t="s">
         <v>8</v>
       </c>
       <c r="E248" t="s">
         <v>9</v>
       </c>
       <c r="F248" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H248" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>50965</v>
       </c>
       <c r="B249">
         <v>2024</v>
       </c>
       <c r="C249">
         <v>248</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249" t="s">
         <v>9</v>
       </c>
       <c r="F249" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H249" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>50966</v>
       </c>
       <c r="B250">
         <v>2024</v>
       </c>
       <c r="C250">
         <v>249</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250" t="s">
         <v>9</v>
       </c>
       <c r="F250" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H250" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>50967</v>
       </c>
       <c r="B251">
         <v>2024</v>
       </c>
       <c r="C251">
         <v>250</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251" t="s">
         <v>9</v>
       </c>
       <c r="F251" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H251" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>50968</v>
       </c>
       <c r="B252">
         <v>2024</v>
       </c>
       <c r="C252">
         <v>251</v>
       </c>
       <c r="D252" t="s">
         <v>8</v>
       </c>
       <c r="E252" t="s">
         <v>9</v>
       </c>
       <c r="F252" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H252" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>50969</v>
       </c>
       <c r="B253">
         <v>2024</v>
       </c>
       <c r="C253">
         <v>252</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253" t="s">
         <v>9</v>
       </c>
       <c r="F253" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H253" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>50970</v>
       </c>
       <c r="B254">
         <v>2024</v>
       </c>
       <c r="C254">
         <v>253</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254" t="s">
         <v>9</v>
       </c>
       <c r="F254" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H254" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>50971</v>
       </c>
       <c r="B255">
         <v>2024</v>
       </c>
       <c r="C255">
         <v>254</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H255" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>50972</v>
       </c>
       <c r="B256">
         <v>2024</v>
       </c>
       <c r="C256">
         <v>255</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256" t="s">
         <v>9</v>
       </c>
       <c r="F256" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H256" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>50974</v>
       </c>
       <c r="B257">
         <v>2024</v>
       </c>
       <c r="C257">
         <v>256</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257" t="s">
         <v>9</v>
       </c>
       <c r="F257" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H257" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>50975</v>
       </c>
       <c r="B258">
         <v>2024</v>
       </c>
       <c r="C258">
         <v>257</v>
       </c>
       <c r="D258" t="s">
         <v>8</v>
       </c>
       <c r="E258" t="s">
         <v>9</v>
       </c>
       <c r="F258" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H258" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>50976</v>
       </c>
       <c r="B259">
         <v>2024</v>
       </c>
       <c r="C259">
         <v>258</v>
       </c>
       <c r="D259" t="s">
         <v>8</v>
       </c>
       <c r="E259" t="s">
         <v>9</v>
       </c>
       <c r="F259" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H259" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>50977</v>
       </c>
       <c r="B260">
         <v>2024</v>
       </c>
       <c r="C260">
         <v>259</v>
       </c>
       <c r="D260" t="s">
         <v>8</v>
       </c>
       <c r="E260" t="s">
         <v>9</v>
       </c>
       <c r="F260" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H260" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>50978</v>
       </c>
       <c r="B261">
         <v>2024</v>
       </c>
       <c r="C261">
         <v>260</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261" t="s">
         <v>9</v>
       </c>
       <c r="F261" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H261" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>50979</v>
       </c>
       <c r="B262">
         <v>2024</v>
       </c>
       <c r="C262">
         <v>261</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262" t="s">
         <v>9</v>
       </c>
       <c r="F262" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="H262" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>50980</v>
       </c>
       <c r="B263">
         <v>2024</v>
       </c>
       <c r="C263">
         <v>262</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263" t="s">
         <v>9</v>
       </c>
       <c r="F263" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H263" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>50981</v>
       </c>
       <c r="B264">
         <v>2024</v>
       </c>
       <c r="C264">
         <v>263</v>
       </c>
       <c r="D264" t="s">
         <v>8</v>
       </c>
       <c r="E264" t="s">
         <v>9</v>
       </c>
       <c r="F264" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H264" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>50982</v>
       </c>
       <c r="B265">
         <v>2024</v>
       </c>
       <c r="C265">
         <v>264</v>
       </c>
       <c r="D265" t="s">
         <v>8</v>
       </c>
       <c r="E265" t="s">
         <v>9</v>
       </c>
       <c r="F265" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H265" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>50983</v>
       </c>
       <c r="B266">
         <v>2024</v>
       </c>
       <c r="C266">
         <v>265</v>
       </c>
       <c r="D266" t="s">
         <v>8</v>
       </c>
       <c r="E266" t="s">
         <v>9</v>
       </c>
       <c r="F266" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H266" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>50984</v>
       </c>
       <c r="B267">
         <v>2024</v>
       </c>
       <c r="C267">
         <v>266</v>
       </c>
       <c r="D267" t="s">
         <v>8</v>
       </c>
       <c r="E267" t="s">
         <v>9</v>
       </c>
       <c r="F267" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H267" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>50985</v>
       </c>
       <c r="B268">
         <v>2024</v>
       </c>
       <c r="C268">
         <v>267</v>
       </c>
       <c r="D268" t="s">
         <v>8</v>
       </c>
       <c r="E268" t="s">
         <v>9</v>
       </c>
       <c r="F268" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H268" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>50986</v>
       </c>
       <c r="B269">
         <v>2024</v>
       </c>
       <c r="C269">
         <v>268</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269" t="s">
         <v>9</v>
       </c>
       <c r="F269" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H269" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>50987</v>
       </c>
       <c r="B270">
         <v>2024</v>
       </c>
       <c r="C270">
         <v>269</v>
       </c>
       <c r="D270" t="s">
         <v>8</v>
       </c>
       <c r="E270" t="s">
         <v>9</v>
       </c>
       <c r="F270" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H270" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>50988</v>
       </c>
       <c r="B271">
         <v>2024</v>
       </c>
       <c r="C271">
         <v>270</v>
       </c>
       <c r="D271" t="s">
         <v>8</v>
       </c>
       <c r="E271" t="s">
         <v>9</v>
       </c>
       <c r="F271" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H271" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>50991</v>
       </c>
       <c r="B272">
         <v>2024</v>
       </c>
       <c r="C272">
         <v>271</v>
       </c>
       <c r="D272" t="s">
         <v>8</v>
       </c>
       <c r="E272" t="s">
         <v>9</v>
       </c>
       <c r="F272" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H272" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>50992</v>
       </c>
       <c r="B273">
         <v>2024</v>
       </c>
       <c r="C273">
         <v>272</v>
       </c>
       <c r="D273" t="s">
         <v>8</v>
       </c>
       <c r="E273" t="s">
         <v>9</v>
       </c>
       <c r="F273" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H273" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>50994</v>
       </c>
       <c r="B274">
         <v>2024</v>
       </c>
       <c r="C274">
         <v>273</v>
       </c>
       <c r="D274" t="s">
         <v>8</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" t="s">
         <v>33</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H274" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>50996</v>
       </c>
       <c r="B275">
         <v>2024</v>
       </c>
       <c r="C275">
         <v>274</v>
       </c>
       <c r="D275" t="s">
         <v>8</v>
       </c>
       <c r="E275" t="s">
         <v>9</v>
       </c>
       <c r="F275" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H275" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>50998</v>
       </c>
       <c r="B276">
         <v>2024</v>
       </c>
       <c r="C276">
         <v>275</v>
       </c>
       <c r="D276" t="s">
         <v>8</v>
       </c>
       <c r="E276" t="s">
         <v>9</v>
       </c>
       <c r="F276" t="s">
         <v>39</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H276" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>50999</v>
       </c>
       <c r="B277">
         <v>2024</v>
       </c>
       <c r="C277">
         <v>276</v>
       </c>
       <c r="D277" t="s">
         <v>8</v>
       </c>
       <c r="E277" t="s">
         <v>9</v>
       </c>
       <c r="F277" t="s">
         <v>39</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H277" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>51001</v>
       </c>
       <c r="B278">
         <v>2024</v>
       </c>
       <c r="C278">
         <v>277</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" t="s">
         <v>39</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H278" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>51002</v>
       </c>
       <c r="B279">
         <v>2024</v>
       </c>
       <c r="C279">
         <v>278</v>
       </c>
       <c r="D279" t="s">
         <v>8</v>
       </c>
       <c r="E279" t="s">
         <v>9</v>
       </c>
       <c r="F279" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H279" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>51003</v>
       </c>
       <c r="B280">
         <v>2024</v>
       </c>
       <c r="C280">
         <v>279</v>
       </c>
       <c r="D280" t="s">
         <v>8</v>
       </c>
       <c r="E280" t="s">
         <v>9</v>
       </c>
       <c r="F280" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H280" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>51004</v>
       </c>
       <c r="B281">
         <v>2024</v>
       </c>
       <c r="C281">
         <v>280</v>
       </c>
       <c r="D281" t="s">
         <v>8</v>
       </c>
       <c r="E281" t="s">
         <v>9</v>
       </c>
       <c r="F281" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H281" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>51005</v>
       </c>
       <c r="B282">
         <v>2024</v>
       </c>
       <c r="C282">
         <v>281</v>
       </c>
       <c r="D282" t="s">
         <v>8</v>
       </c>
       <c r="E282" t="s">
         <v>9</v>
       </c>
       <c r="F282" t="s">
         <v>33</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H282" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>51006</v>
       </c>
       <c r="B283">
         <v>2024</v>
       </c>
       <c r="C283">
         <v>282</v>
       </c>
       <c r="D283" t="s">
         <v>8</v>
       </c>
       <c r="E283" t="s">
         <v>9</v>
       </c>
       <c r="F283" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H283" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>51007</v>
       </c>
       <c r="B284">
         <v>2024</v>
       </c>
       <c r="C284">
         <v>283</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284" t="s">
         <v>9</v>
       </c>
       <c r="F284" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H284" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>51008</v>
       </c>
       <c r="B285">
         <v>2024</v>
       </c>
       <c r="C285">
         <v>284</v>
       </c>
       <c r="D285" t="s">
         <v>8</v>
       </c>
       <c r="E285" t="s">
         <v>9</v>
       </c>
       <c r="F285" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H285" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>51009</v>
       </c>
       <c r="B286">
         <v>2024</v>
       </c>
       <c r="C286">
         <v>285</v>
       </c>
       <c r="D286" t="s">
         <v>8</v>
       </c>
       <c r="E286" t="s">
         <v>9</v>
       </c>
       <c r="F286" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H286" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>51010</v>
       </c>
       <c r="B287">
         <v>2024</v>
       </c>
       <c r="C287">
         <v>286</v>
       </c>
       <c r="D287" t="s">
         <v>8</v>
       </c>
       <c r="E287" t="s">
         <v>9</v>
       </c>
       <c r="F287" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H287" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>51011</v>
       </c>
       <c r="B288">
         <v>2024</v>
       </c>
       <c r="C288">
         <v>287</v>
       </c>
       <c r="D288" t="s">
         <v>8</v>
       </c>
       <c r="E288" t="s">
         <v>9</v>
       </c>
       <c r="F288" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H288" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>51012</v>
       </c>
       <c r="B289">
         <v>2024</v>
       </c>
       <c r="C289">
         <v>288</v>
       </c>
       <c r="D289" t="s">
         <v>8</v>
       </c>
       <c r="E289" t="s">
         <v>9</v>
       </c>
       <c r="F289" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H289" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>51013</v>
       </c>
       <c r="B290">
         <v>2024</v>
       </c>
       <c r="C290">
         <v>289</v>
       </c>
       <c r="D290" t="s">
         <v>8</v>
       </c>
       <c r="E290" t="s">
         <v>9</v>
       </c>
       <c r="F290" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="H290" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>51014</v>
       </c>
       <c r="B291">
         <v>2024</v>
       </c>
       <c r="C291">
         <v>290</v>
       </c>
       <c r="D291" t="s">
         <v>8</v>
       </c>
       <c r="E291" t="s">
         <v>9</v>
       </c>
       <c r="F291" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H291" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>51015</v>
       </c>
       <c r="B292">
         <v>2024</v>
       </c>
       <c r="C292">
         <v>291</v>
       </c>
       <c r="D292" t="s">
         <v>8</v>
       </c>
       <c r="E292" t="s">
         <v>9</v>
       </c>
       <c r="F292" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="H292" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>51016</v>
       </c>
       <c r="B293">
         <v>2024</v>
       </c>
       <c r="C293">
         <v>292</v>
       </c>
       <c r="D293" t="s">
         <v>8</v>
       </c>
       <c r="E293" t="s">
         <v>9</v>
       </c>
       <c r="F293" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H293" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>51017</v>
       </c>
       <c r="B294">
         <v>2024</v>
       </c>
       <c r="C294">
         <v>293</v>
       </c>
       <c r="D294" t="s">
         <v>8</v>
       </c>
       <c r="E294" t="s">
         <v>9</v>
       </c>
       <c r="F294" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H294" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>51018</v>
       </c>
       <c r="B295">
         <v>2024</v>
       </c>
       <c r="C295">
         <v>294</v>
       </c>
       <c r="D295" t="s">
         <v>8</v>
       </c>
       <c r="E295" t="s">
         <v>9</v>
       </c>
       <c r="F295" t="s">
         <v>19</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H295" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>51019</v>
       </c>
       <c r="B296">
         <v>2024</v>
       </c>
       <c r="C296">
         <v>295</v>
       </c>
       <c r="D296" t="s">
         <v>8</v>
       </c>
       <c r="E296" t="s">
         <v>9</v>
       </c>
       <c r="F296" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H296" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>51020</v>
       </c>
       <c r="B297">
         <v>2024</v>
       </c>
       <c r="C297">
         <v>296</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297" t="s">
         <v>9</v>
       </c>
       <c r="F297" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H297" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>51021</v>
       </c>
       <c r="B298">
         <v>2024</v>
       </c>
       <c r="C298">
         <v>297</v>
       </c>
       <c r="D298" t="s">
         <v>8</v>
       </c>
       <c r="E298" t="s">
         <v>9</v>
       </c>
       <c r="F298" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H298" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>51025</v>
       </c>
       <c r="B299">
         <v>2024</v>
       </c>
       <c r="C299">
         <v>298</v>
       </c>
       <c r="D299" t="s">
         <v>8</v>
       </c>
       <c r="E299" t="s">
         <v>9</v>
       </c>
       <c r="F299" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H299" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>51026</v>
       </c>
       <c r="B300">
         <v>2024</v>
       </c>
       <c r="C300">
         <v>299</v>
       </c>
       <c r="D300" t="s">
         <v>8</v>
       </c>
       <c r="E300" t="s">
         <v>9</v>
       </c>
       <c r="F300" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H300" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>51027</v>
       </c>
       <c r="B301">
         <v>2024</v>
       </c>
       <c r="C301">
         <v>300</v>
       </c>
       <c r="D301" t="s">
         <v>8</v>
       </c>
       <c r="E301" t="s">
         <v>9</v>
       </c>
       <c r="F301" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H301" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>51028</v>
       </c>
       <c r="B302">
         <v>2024</v>
       </c>
       <c r="C302">
         <v>301</v>
       </c>
       <c r="D302" t="s">
         <v>8</v>
       </c>
       <c r="E302" t="s">
         <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H302" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>51029</v>
       </c>
       <c r="B303">
         <v>2024</v>
       </c>
       <c r="C303">
         <v>302</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303" t="s">
         <v>9</v>
       </c>
       <c r="F303" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H303" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>51030</v>
       </c>
       <c r="B304">
         <v>2024</v>
       </c>
       <c r="C304">
         <v>303</v>
       </c>
       <c r="D304" t="s">
         <v>8</v>
       </c>
       <c r="E304" t="s">
         <v>9</v>
       </c>
       <c r="F304" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H304" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>51031</v>
       </c>
       <c r="B305">
         <v>2024</v>
       </c>
       <c r="C305">
         <v>304</v>
       </c>
       <c r="D305" t="s">
         <v>8</v>
       </c>
       <c r="E305" t="s">
         <v>9</v>
       </c>
       <c r="F305" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="H305" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>51032</v>
       </c>
       <c r="B306">
         <v>2024</v>
       </c>
       <c r="C306">
         <v>305</v>
       </c>
       <c r="D306" t="s">
         <v>8</v>
       </c>
       <c r="E306" t="s">
         <v>9</v>
       </c>
       <c r="F306" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H306" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>51033</v>
       </c>
       <c r="B307">
         <v>2024</v>
       </c>
       <c r="C307">
         <v>306</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307" t="s">
         <v>9</v>
       </c>
       <c r="F307" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H307" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>51035</v>
       </c>
       <c r="B308">
         <v>2024</v>
       </c>
       <c r="C308">
         <v>307</v>
       </c>
       <c r="D308" t="s">
         <v>8</v>
       </c>
       <c r="E308" t="s">
         <v>9</v>
       </c>
       <c r="F308" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H308" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>51036</v>
       </c>
       <c r="B309">
         <v>2024</v>
       </c>
       <c r="C309">
         <v>308</v>
       </c>
       <c r="D309" t="s">
         <v>8</v>
       </c>
       <c r="E309" t="s">
         <v>9</v>
       </c>
       <c r="F309" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="H309" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>51038</v>
       </c>
       <c r="B310">
         <v>2024</v>
       </c>
       <c r="C310">
         <v>309</v>
       </c>
       <c r="D310" t="s">
         <v>8</v>
       </c>
       <c r="E310" t="s">
         <v>9</v>
       </c>
       <c r="F310" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H310" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>51040</v>
       </c>
       <c r="B311">
         <v>2024</v>
       </c>
       <c r="C311">
         <v>310</v>
       </c>
       <c r="D311" t="s">
         <v>8</v>
       </c>
       <c r="E311" t="s">
         <v>9</v>
       </c>
       <c r="F311" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H311" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>51041</v>
       </c>
       <c r="B312">
         <v>2024</v>
       </c>
       <c r="C312">
         <v>311</v>
       </c>
       <c r="D312" t="s">
         <v>8</v>
       </c>
       <c r="E312" t="s">
         <v>9</v>
       </c>
       <c r="F312" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H312" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>51042</v>
       </c>
       <c r="B313">
         <v>2024</v>
       </c>
       <c r="C313">
         <v>312</v>
       </c>
       <c r="D313" t="s">
         <v>8</v>
       </c>
       <c r="E313" t="s">
         <v>9</v>
       </c>
       <c r="F313" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="H313" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>51043</v>
       </c>
       <c r="B314">
         <v>2024</v>
       </c>
       <c r="C314">
         <v>313</v>
       </c>
       <c r="D314" t="s">
         <v>8</v>
       </c>
       <c r="E314" t="s">
         <v>9</v>
       </c>
       <c r="F314" t="s">
         <v>10</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H314" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>51044</v>
       </c>
       <c r="B315">
         <v>2024</v>
       </c>
       <c r="C315">
         <v>314</v>
       </c>
       <c r="D315" t="s">
         <v>8</v>
       </c>
       <c r="E315" t="s">
         <v>9</v>
       </c>
       <c r="F315" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H315" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>51045</v>
       </c>
       <c r="B316">
         <v>2024</v>
       </c>
       <c r="C316">
         <v>315</v>
       </c>
       <c r="D316" t="s">
         <v>8</v>
       </c>
       <c r="E316" t="s">
         <v>9</v>
       </c>
       <c r="F316" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H316" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>51047</v>
       </c>
       <c r="B317">
         <v>2024</v>
       </c>
       <c r="C317">
         <v>316</v>
       </c>
       <c r="D317" t="s">
         <v>8</v>
       </c>
       <c r="E317" t="s">
         <v>9</v>
       </c>
       <c r="F317" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="H317" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>51048</v>
       </c>
       <c r="B318">
         <v>2024</v>
       </c>
       <c r="C318">
         <v>317</v>
       </c>
       <c r="D318" t="s">
         <v>8</v>
       </c>
       <c r="E318" t="s">
         <v>9</v>
       </c>
       <c r="F318" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H318" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>51049</v>
       </c>
       <c r="B319">
         <v>2024</v>
       </c>
       <c r="C319">
         <v>318</v>
       </c>
       <c r="D319" t="s">
         <v>8</v>
       </c>
       <c r="E319" t="s">
         <v>9</v>
       </c>
       <c r="F319" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H319" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>51050</v>
       </c>
       <c r="B320">
         <v>2024</v>
       </c>
       <c r="C320">
         <v>319</v>
       </c>
       <c r="D320" t="s">
         <v>8</v>
       </c>
       <c r="E320" t="s">
         <v>9</v>
       </c>
       <c r="F320" t="s">
         <v>33</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H320" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>51051</v>
       </c>
       <c r="B321">
         <v>2024</v>
       </c>
       <c r="C321">
         <v>320</v>
       </c>
       <c r="D321" t="s">
         <v>8</v>
       </c>
       <c r="E321" t="s">
         <v>9</v>
       </c>
       <c r="F321" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H321" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>51052</v>
       </c>
       <c r="B322">
         <v>2024</v>
       </c>
       <c r="C322">
         <v>321</v>
       </c>
       <c r="D322" t="s">
         <v>8</v>
       </c>
       <c r="E322" t="s">
         <v>9</v>
       </c>
       <c r="F322" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="H322" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>51053</v>
       </c>
       <c r="B323">
         <v>2024</v>
       </c>
       <c r="C323">
         <v>322</v>
       </c>
       <c r="D323" t="s">
         <v>8</v>
       </c>
       <c r="E323" t="s">
         <v>9</v>
       </c>
       <c r="F323" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H323" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>51054</v>
       </c>
       <c r="B324">
         <v>2024</v>
       </c>
       <c r="C324">
         <v>323</v>
       </c>
       <c r="D324" t="s">
         <v>8</v>
       </c>
       <c r="E324" t="s">
         <v>9</v>
       </c>
       <c r="F324" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H324" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>51055</v>
       </c>
       <c r="B325">
         <v>2024</v>
       </c>
       <c r="C325">
         <v>324</v>
       </c>
       <c r="D325" t="s">
         <v>8</v>
       </c>
       <c r="E325" t="s">
         <v>9</v>
       </c>
       <c r="F325" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H325" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>51056</v>
       </c>
       <c r="B326">
         <v>2024</v>
       </c>
       <c r="C326">
         <v>325</v>
       </c>
       <c r="D326" t="s">
         <v>8</v>
       </c>
       <c r="E326" t="s">
         <v>9</v>
       </c>
       <c r="F326" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H326" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>51057</v>
       </c>
       <c r="B327">
         <v>2024</v>
       </c>
       <c r="C327">
         <v>326</v>
       </c>
       <c r="D327" t="s">
         <v>8</v>
       </c>
       <c r="E327" t="s">
         <v>9</v>
       </c>
       <c r="F327" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H327" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>51058</v>
       </c>
       <c r="B328">
         <v>2024</v>
       </c>
       <c r="C328">
         <v>327</v>
       </c>
       <c r="D328" t="s">
         <v>8</v>
       </c>
       <c r="E328" t="s">
         <v>9</v>
       </c>
       <c r="F328" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H328" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>51059</v>
       </c>
       <c r="B329">
         <v>2024</v>
       </c>
       <c r="C329">
         <v>328</v>
       </c>
       <c r="D329" t="s">
         <v>8</v>
       </c>
       <c r="E329" t="s">
         <v>9</v>
       </c>
       <c r="F329" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H329" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>51060</v>
       </c>
       <c r="B330">
         <v>2024</v>
       </c>
       <c r="C330">
         <v>329</v>
       </c>
       <c r="D330" t="s">
         <v>8</v>
       </c>
       <c r="E330" t="s">
         <v>9</v>
       </c>
       <c r="F330" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H330" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>51061</v>
       </c>
       <c r="B331">
         <v>2024</v>
       </c>
       <c r="C331">
         <v>330</v>
       </c>
       <c r="D331" t="s">
         <v>8</v>
       </c>
       <c r="E331" t="s">
         <v>9</v>
       </c>
       <c r="F331" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="H331" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>51062</v>
       </c>
       <c r="B332">
         <v>2024</v>
       </c>
       <c r="C332">
         <v>331</v>
       </c>
       <c r="D332" t="s">
         <v>8</v>
       </c>
       <c r="E332" t="s">
         <v>9</v>
       </c>
       <c r="F332" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H332" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>51063</v>
       </c>
       <c r="B333">
         <v>2024</v>
       </c>
       <c r="C333">
         <v>332</v>
       </c>
       <c r="D333" t="s">
         <v>8</v>
       </c>
       <c r="E333" t="s">
         <v>9</v>
       </c>
       <c r="F333" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H333" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>51064</v>
       </c>
       <c r="B334">
         <v>2024</v>
       </c>
       <c r="C334">
         <v>333</v>
       </c>
       <c r="D334" t="s">
         <v>8</v>
       </c>
       <c r="E334" t="s">
         <v>9</v>
       </c>
       <c r="F334" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H334" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>51065</v>
       </c>
       <c r="B335">
         <v>2024</v>
       </c>
       <c r="C335">
         <v>334</v>
       </c>
       <c r="D335" t="s">
         <v>8</v>
       </c>
       <c r="E335" t="s">
         <v>9</v>
       </c>
       <c r="F335" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H335" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>51066</v>
       </c>
       <c r="B336">
         <v>2024</v>
       </c>
       <c r="C336">
         <v>335</v>
       </c>
       <c r="D336" t="s">
         <v>8</v>
       </c>
       <c r="E336" t="s">
         <v>9</v>
       </c>
       <c r="F336" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H336" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>51068</v>
       </c>
       <c r="B337">
         <v>2024</v>
       </c>
       <c r="C337">
         <v>336</v>
       </c>
       <c r="D337" t="s">
         <v>8</v>
       </c>
       <c r="E337" t="s">
         <v>9</v>
       </c>
       <c r="F337" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H337" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>51069</v>
       </c>
       <c r="B338">
         <v>2024</v>
       </c>
       <c r="C338">
         <v>337</v>
       </c>
       <c r="D338" t="s">
         <v>8</v>
       </c>
       <c r="E338" t="s">
         <v>9</v>
       </c>
       <c r="F338" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H338" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>51070</v>
       </c>
       <c r="B339">
         <v>2024</v>
       </c>
       <c r="C339">
         <v>338</v>
       </c>
       <c r="D339" t="s">
         <v>8</v>
       </c>
       <c r="E339" t="s">
         <v>9</v>
       </c>
       <c r="F339" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="H339" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>51071</v>
       </c>
       <c r="B340">
         <v>2024</v>
       </c>
       <c r="C340">
         <v>339</v>
       </c>
       <c r="D340" t="s">
         <v>8</v>
       </c>
       <c r="E340" t="s">
         <v>9</v>
       </c>
       <c r="F340" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H340" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>51072</v>
       </c>
       <c r="B341">
         <v>2024</v>
       </c>
       <c r="C341">
         <v>340</v>
       </c>
       <c r="D341" t="s">
         <v>8</v>
       </c>
       <c r="E341" t="s">
         <v>9</v>
       </c>
       <c r="F341" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H341" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>51073</v>
       </c>
       <c r="B342">
         <v>2024</v>
       </c>
       <c r="C342">
         <v>341</v>
       </c>
       <c r="D342" t="s">
         <v>8</v>
       </c>
       <c r="E342" t="s">
         <v>9</v>
       </c>
       <c r="F342" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H342" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>51074</v>
       </c>
       <c r="B343">
         <v>2024</v>
       </c>
       <c r="C343">
         <v>342</v>
       </c>
       <c r="D343" t="s">
         <v>8</v>
       </c>
       <c r="E343" t="s">
         <v>9</v>
       </c>
       <c r="F343" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H343" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>51075</v>
       </c>
       <c r="B344">
         <v>2024</v>
       </c>
       <c r="C344">
         <v>343</v>
       </c>
       <c r="D344" t="s">
         <v>8</v>
       </c>
       <c r="E344" t="s">
         <v>9</v>
       </c>
       <c r="F344" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H344" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>51076</v>
       </c>
       <c r="B345">
         <v>2024</v>
       </c>
       <c r="C345">
         <v>344</v>
       </c>
       <c r="D345" t="s">
         <v>8</v>
       </c>
       <c r="E345" t="s">
         <v>9</v>
       </c>
       <c r="F345" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H345" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>51078</v>
       </c>
       <c r="B346">
         <v>2024</v>
       </c>
       <c r="C346">
         <v>345</v>
       </c>
       <c r="D346" t="s">
         <v>8</v>
       </c>
       <c r="E346" t="s">
         <v>9</v>
       </c>
       <c r="F346" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H346" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>51079</v>
       </c>
       <c r="B347">
         <v>2024</v>
       </c>
       <c r="C347">
         <v>346</v>
       </c>
       <c r="D347" t="s">
         <v>8</v>
       </c>
       <c r="E347" t="s">
         <v>9</v>
       </c>
       <c r="F347" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H347" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>51080</v>
       </c>
       <c r="B348">
         <v>2024</v>
       </c>
       <c r="C348">
         <v>347</v>
       </c>
       <c r="D348" t="s">
         <v>8</v>
       </c>
       <c r="E348" t="s">
         <v>9</v>
       </c>
       <c r="F348" t="s">
         <v>10</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H348" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>51082</v>
       </c>
       <c r="B349">
         <v>2024</v>
       </c>
       <c r="C349">
         <v>348</v>
       </c>
       <c r="D349" t="s">
         <v>8</v>
       </c>
       <c r="E349" t="s">
         <v>9</v>
       </c>
       <c r="F349" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H349" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>51083</v>
       </c>
       <c r="B350">
         <v>2024</v>
       </c>
       <c r="C350">
         <v>349</v>
       </c>
       <c r="D350" t="s">
         <v>8</v>
       </c>
       <c r="E350" t="s">
         <v>9</v>
       </c>
       <c r="F350" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H350" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>51086</v>
       </c>
       <c r="B351">
         <v>2024</v>
       </c>
       <c r="C351">
         <v>350</v>
       </c>
       <c r="D351" t="s">
         <v>8</v>
       </c>
       <c r="E351" t="s">
         <v>9</v>
       </c>
       <c r="F351" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H351" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>51087</v>
       </c>
       <c r="B352">
         <v>2024</v>
       </c>
       <c r="C352">
         <v>351</v>
       </c>
       <c r="D352" t="s">
         <v>8</v>
       </c>
       <c r="E352" t="s">
         <v>9</v>
       </c>
       <c r="F352" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H352" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>51090</v>
       </c>
       <c r="B353">
         <v>2024</v>
       </c>
       <c r="C353">
         <v>352</v>
       </c>
       <c r="D353" t="s">
         <v>8</v>
       </c>
       <c r="E353" t="s">
         <v>9</v>
       </c>
       <c r="F353" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H353" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>51091</v>
       </c>
       <c r="B354">
         <v>2024</v>
       </c>
       <c r="C354">
         <v>353</v>
       </c>
       <c r="D354" t="s">
         <v>8</v>
       </c>
       <c r="E354" t="s">
         <v>9</v>
       </c>
       <c r="F354" t="s">
         <v>39</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H354" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>51092</v>
       </c>
       <c r="B355">
         <v>2024</v>
       </c>
       <c r="C355">
         <v>354</v>
       </c>
       <c r="D355" t="s">
         <v>8</v>
       </c>
       <c r="E355" t="s">
         <v>9</v>
       </c>
       <c r="F355" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="H355" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>51094</v>
       </c>
       <c r="B356">
         <v>2024</v>
       </c>
       <c r="C356">
         <v>355</v>
       </c>
       <c r="D356" t="s">
         <v>8</v>
       </c>
       <c r="E356" t="s">
         <v>9</v>
       </c>
       <c r="F356" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H356" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>51095</v>
       </c>
       <c r="B357">
         <v>2024</v>
       </c>
       <c r="C357">
         <v>356</v>
       </c>
       <c r="D357" t="s">
         <v>8</v>
       </c>
       <c r="E357" t="s">
         <v>9</v>
       </c>
       <c r="F357" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="H357" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>51096</v>
       </c>
       <c r="B358">
         <v>2024</v>
       </c>
       <c r="C358">
         <v>357</v>
       </c>
       <c r="D358" t="s">
         <v>8</v>
       </c>
       <c r="E358" t="s">
         <v>9</v>
       </c>
       <c r="F358" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H358" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>51097</v>
       </c>
       <c r="B359">
         <v>2024</v>
       </c>
       <c r="C359">
         <v>358</v>
       </c>
       <c r="D359" t="s">
         <v>8</v>
       </c>
       <c r="E359" t="s">
         <v>9</v>
       </c>
       <c r="F359" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H359" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>51098</v>
       </c>
       <c r="B360">
         <v>2024</v>
       </c>
       <c r="C360">
         <v>359</v>
       </c>
       <c r="D360" t="s">
         <v>8</v>
       </c>
       <c r="E360" t="s">
         <v>9</v>
       </c>
       <c r="F360" t="s">
         <v>19</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="H360" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>51099</v>
       </c>
       <c r="B361">
         <v>2024</v>
       </c>
       <c r="C361">
         <v>360</v>
       </c>
       <c r="D361" t="s">
         <v>8</v>
       </c>
       <c r="E361" t="s">
         <v>9</v>
       </c>
       <c r="F361" t="s">
         <v>33</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="H361" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>51100</v>
       </c>
       <c r="B362">
         <v>2024</v>
       </c>
       <c r="C362">
         <v>361</v>
       </c>
       <c r="D362" t="s">
         <v>8</v>
       </c>
       <c r="E362" t="s">
         <v>9</v>
       </c>
       <c r="F362" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H362" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>51101</v>
       </c>
       <c r="B363">
         <v>2024</v>
       </c>
       <c r="C363">
         <v>362</v>
       </c>
       <c r="D363" t="s">
         <v>8</v>
       </c>
       <c r="E363" t="s">
         <v>9</v>
       </c>
       <c r="F363" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H363" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>51102</v>
       </c>
       <c r="B364">
         <v>2024</v>
       </c>
       <c r="C364">
         <v>363</v>
       </c>
       <c r="D364" t="s">
         <v>8</v>
       </c>
       <c r="E364" t="s">
         <v>9</v>
       </c>
       <c r="F364" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H364" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>51103</v>
       </c>
       <c r="B365">
         <v>2024</v>
       </c>
       <c r="C365">
         <v>364</v>
       </c>
       <c r="D365" t="s">
         <v>8</v>
       </c>
       <c r="E365" t="s">
         <v>9</v>
       </c>
       <c r="F365" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H365" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>51104</v>
       </c>
       <c r="B366">
         <v>2024</v>
       </c>
       <c r="C366">
         <v>365</v>
       </c>
       <c r="D366" t="s">
         <v>8</v>
       </c>
       <c r="E366" t="s">
         <v>9</v>
       </c>
       <c r="F366" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H366" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>51105</v>
       </c>
       <c r="B367">
         <v>2024</v>
       </c>
       <c r="C367">
         <v>366</v>
       </c>
       <c r="D367" t="s">
         <v>8</v>
       </c>
       <c r="E367" t="s">
         <v>9</v>
       </c>
       <c r="F367" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="H367" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>51106</v>
       </c>
       <c r="B368">
         <v>2024</v>
       </c>
       <c r="C368">
         <v>367</v>
       </c>
       <c r="D368" t="s">
         <v>8</v>
       </c>
       <c r="E368" t="s">
         <v>9</v>
       </c>
       <c r="F368" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H368" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>51107</v>
       </c>
       <c r="B369">
         <v>2024</v>
       </c>
       <c r="C369">
         <v>368</v>
       </c>
       <c r="D369" t="s">
         <v>8</v>
       </c>
       <c r="E369" t="s">
         <v>9</v>
       </c>
       <c r="F369" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H369" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>51108</v>
       </c>
       <c r="B370">
         <v>2024</v>
       </c>
       <c r="C370">
         <v>369</v>
       </c>
       <c r="D370" t="s">
         <v>8</v>
       </c>
       <c r="E370" t="s">
         <v>9</v>
       </c>
       <c r="F370" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H370" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>51109</v>
       </c>
       <c r="B371">
         <v>2024</v>
       </c>
       <c r="C371">
         <v>370</v>
       </c>
       <c r="D371" t="s">
         <v>8</v>
       </c>
       <c r="E371" t="s">
         <v>9</v>
       </c>
       <c r="F371" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H371" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>51110</v>
       </c>
       <c r="B372">
         <v>2024</v>
       </c>
       <c r="C372">
         <v>371</v>
       </c>
       <c r="D372" t="s">
         <v>8</v>
       </c>
       <c r="E372" t="s">
         <v>9</v>
       </c>
       <c r="F372" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="H372" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>51111</v>
       </c>
       <c r="B373">
         <v>2024</v>
       </c>
       <c r="C373">
         <v>372</v>
       </c>
       <c r="D373" t="s">
         <v>8</v>
       </c>
       <c r="E373" t="s">
         <v>9</v>
       </c>
       <c r="F373" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H373" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>51112</v>
       </c>
       <c r="B374">
         <v>2024</v>
       </c>
       <c r="C374">
         <v>373</v>
       </c>
       <c r="D374" t="s">
         <v>8</v>
       </c>
       <c r="E374" t="s">
         <v>9</v>
       </c>
       <c r="F374" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H374" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>51113</v>
       </c>
       <c r="B375">
         <v>2024</v>
       </c>
       <c r="C375">
         <v>374</v>
       </c>
       <c r="D375" t="s">
         <v>8</v>
       </c>
       <c r="E375" t="s">
         <v>9</v>
       </c>
       <c r="F375" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H375" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>51114</v>
       </c>
       <c r="B376">
         <v>2024</v>
       </c>
       <c r="C376">
         <v>375</v>
       </c>
       <c r="D376" t="s">
         <v>8</v>
       </c>
       <c r="E376" t="s">
         <v>9</v>
       </c>
       <c r="F376" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H376" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>51116</v>
       </c>
       <c r="B377">
         <v>2024</v>
       </c>
       <c r="C377">
         <v>376</v>
       </c>
       <c r="D377" t="s">
         <v>8</v>
       </c>
       <c r="E377" t="s">
         <v>9</v>
       </c>
       <c r="F377" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H377" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>51117</v>
       </c>
       <c r="B378">
         <v>2024</v>
       </c>
       <c r="C378">
         <v>377</v>
       </c>
       <c r="D378" t="s">
         <v>8</v>
       </c>
       <c r="E378" t="s">
         <v>9</v>
       </c>
       <c r="F378" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H378" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>51118</v>
       </c>
       <c r="B379">
         <v>2024</v>
       </c>
       <c r="C379">
         <v>378</v>
       </c>
       <c r="D379" t="s">
         <v>8</v>
       </c>
       <c r="E379" t="s">
         <v>9</v>
       </c>
       <c r="F379" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H379" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>51119</v>
       </c>
       <c r="B380">
         <v>2024</v>
       </c>
       <c r="C380">
         <v>379</v>
       </c>
       <c r="D380" t="s">
         <v>8</v>
       </c>
       <c r="E380" t="s">
         <v>9</v>
       </c>
       <c r="F380" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="H380" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>51120</v>
       </c>
       <c r="B381">
         <v>2024</v>
       </c>
       <c r="C381">
         <v>380</v>
       </c>
       <c r="D381" t="s">
         <v>8</v>
       </c>
       <c r="E381" t="s">
         <v>9</v>
       </c>
       <c r="F381" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H381" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>51121</v>
       </c>
       <c r="B382">
         <v>2024</v>
       </c>
       <c r="C382">
         <v>381</v>
       </c>
       <c r="D382" t="s">
         <v>8</v>
       </c>
       <c r="E382" t="s">
         <v>9</v>
       </c>
       <c r="F382" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H382" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>51123</v>
       </c>
       <c r="B383">
         <v>2024</v>
       </c>
       <c r="C383">
         <v>382</v>
       </c>
       <c r="D383" t="s">
         <v>8</v>
       </c>
       <c r="E383" t="s">
         <v>9</v>
       </c>
       <c r="F383" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="H383" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>51124</v>
       </c>
       <c r="B384">
         <v>2024</v>
       </c>
       <c r="C384">
         <v>383</v>
       </c>
       <c r="D384" t="s">
         <v>8</v>
       </c>
       <c r="E384" t="s">
         <v>9</v>
       </c>
       <c r="F384" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="H384" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>51125</v>
       </c>
       <c r="B385">
         <v>2024</v>
       </c>
       <c r="C385">
         <v>384</v>
       </c>
       <c r="D385" t="s">
         <v>8</v>
       </c>
       <c r="E385" t="s">
         <v>9</v>
       </c>
       <c r="F385" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H385" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>51126</v>
       </c>
       <c r="B386">
         <v>2024</v>
       </c>
       <c r="C386">
         <v>385</v>
       </c>
       <c r="D386" t="s">
         <v>8</v>
       </c>
       <c r="E386" t="s">
         <v>9</v>
       </c>
       <c r="F386" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="H386" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>51128</v>
       </c>
       <c r="B387">
         <v>2024</v>
       </c>
       <c r="C387">
         <v>386</v>
       </c>
       <c r="D387" t="s">
         <v>8</v>
       </c>
       <c r="E387" t="s">
         <v>9</v>
       </c>
       <c r="F387" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H387" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>51131</v>
       </c>
       <c r="B388">
         <v>2024</v>
       </c>
       <c r="C388">
         <v>387</v>
       </c>
       <c r="D388" t="s">
         <v>8</v>
       </c>
       <c r="E388" t="s">
         <v>9</v>
       </c>
       <c r="F388" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="H388" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>51133</v>
       </c>
       <c r="B389">
         <v>2024</v>
       </c>
       <c r="C389">
         <v>388</v>
       </c>
       <c r="D389" t="s">
         <v>8</v>
       </c>
       <c r="E389" t="s">
         <v>9</v>
       </c>
       <c r="F389" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H389" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>51134</v>
       </c>
       <c r="B390">
         <v>2024</v>
       </c>
       <c r="C390">
         <v>389</v>
       </c>
       <c r="D390" t="s">
         <v>8</v>
       </c>
       <c r="E390" t="s">
         <v>9</v>
       </c>
       <c r="F390" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H390" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>51135</v>
       </c>
       <c r="B391">
         <v>2024</v>
       </c>
       <c r="C391">
         <v>390</v>
       </c>
       <c r="D391" t="s">
         <v>8</v>
       </c>
       <c r="E391" t="s">
         <v>9</v>
       </c>
       <c r="F391" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="H391" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>51136</v>
       </c>
       <c r="B392">
         <v>2024</v>
       </c>
       <c r="C392">
         <v>391</v>
       </c>
       <c r="D392" t="s">
         <v>8</v>
       </c>
       <c r="E392" t="s">
         <v>9</v>
       </c>
       <c r="F392" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H392" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>51138</v>
       </c>
       <c r="B393">
         <v>2024</v>
       </c>
       <c r="C393">
         <v>392</v>
       </c>
       <c r="D393" t="s">
         <v>8</v>
       </c>
       <c r="E393" t="s">
         <v>9</v>
       </c>
       <c r="F393" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="H393" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>51140</v>
       </c>
       <c r="B394">
         <v>2024</v>
       </c>
       <c r="C394">
         <v>393</v>
       </c>
       <c r="D394" t="s">
         <v>8</v>
       </c>
       <c r="E394" t="s">
         <v>9</v>
       </c>
       <c r="F394" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H394" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>51141</v>
       </c>
       <c r="B395">
         <v>2024</v>
       </c>
       <c r="C395">
         <v>394</v>
       </c>
       <c r="D395" t="s">
         <v>8</v>
       </c>
       <c r="E395" t="s">
         <v>9</v>
       </c>
       <c r="F395" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="H395" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>51142</v>
       </c>
       <c r="B396">
         <v>2024</v>
       </c>
       <c r="C396">
         <v>395</v>
       </c>
       <c r="D396" t="s">
         <v>8</v>
       </c>
       <c r="E396" t="s">
         <v>9</v>
       </c>
       <c r="F396" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="H396" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>51143</v>
       </c>
       <c r="B397">
         <v>2024</v>
       </c>
       <c r="C397">
         <v>396</v>
       </c>
       <c r="D397" t="s">
         <v>8</v>
       </c>
       <c r="E397" t="s">
         <v>9</v>
       </c>
       <c r="F397" t="s">
         <v>33</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="H397" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>51144</v>
       </c>
       <c r="B398">
         <v>2024</v>
       </c>
       <c r="C398">
         <v>397</v>
       </c>
       <c r="D398" t="s">
         <v>8</v>
       </c>
       <c r="E398" t="s">
         <v>9</v>
       </c>
       <c r="F398" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H398" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>51145</v>
       </c>
       <c r="B399">
         <v>2024</v>
       </c>
       <c r="C399">
         <v>398</v>
       </c>
       <c r="D399" t="s">
         <v>8</v>
       </c>
       <c r="E399" t="s">
         <v>9</v>
       </c>
       <c r="F399" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H399" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>51146</v>
       </c>
       <c r="B400">
         <v>2024</v>
       </c>
       <c r="C400">
         <v>399</v>
       </c>
       <c r="D400" t="s">
         <v>8</v>
       </c>
       <c r="E400" t="s">
         <v>9</v>
       </c>
       <c r="F400" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H400" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>51147</v>
       </c>
       <c r="B401">
         <v>2024</v>
       </c>
       <c r="C401">
         <v>400</v>
       </c>
       <c r="D401" t="s">
         <v>8</v>
       </c>
       <c r="E401" t="s">
         <v>9</v>
       </c>
       <c r="F401" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="H401" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>51148</v>
       </c>
       <c r="B402">
         <v>2024</v>
       </c>
       <c r="C402">
         <v>401</v>
       </c>
       <c r="D402" t="s">
         <v>8</v>
       </c>
       <c r="E402" t="s">
         <v>9</v>
       </c>
       <c r="F402" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="H402" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>51149</v>
       </c>
       <c r="B403">
         <v>2024</v>
       </c>
       <c r="C403">
         <v>402</v>
       </c>
       <c r="D403" t="s">
         <v>8</v>
       </c>
       <c r="E403" t="s">
         <v>9</v>
       </c>
       <c r="F403" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="H403" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>51150</v>
       </c>
       <c r="B404">
         <v>2024</v>
       </c>
       <c r="C404">
         <v>403</v>
       </c>
       <c r="D404" t="s">
         <v>8</v>
       </c>
       <c r="E404" t="s">
         <v>9</v>
       </c>
       <c r="F404" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="H404" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>51151</v>
       </c>
       <c r="B405">
         <v>2024</v>
       </c>
       <c r="C405">
         <v>404</v>
       </c>
       <c r="D405" t="s">
         <v>8</v>
       </c>
       <c r="E405" t="s">
         <v>9</v>
       </c>
       <c r="F405" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="H405" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>51153</v>
       </c>
       <c r="B406">
         <v>2024</v>
       </c>
       <c r="C406">
         <v>405</v>
       </c>
       <c r="D406" t="s">
         <v>8</v>
       </c>
       <c r="E406" t="s">
         <v>9</v>
       </c>
       <c r="F406" t="s">
         <v>19</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H406" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>51154</v>
       </c>
       <c r="B407">
         <v>2024</v>
       </c>
       <c r="C407">
         <v>406</v>
       </c>
       <c r="D407" t="s">
         <v>8</v>
       </c>
       <c r="E407" t="s">
         <v>9</v>
       </c>
       <c r="F407" t="s">
         <v>19</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H407" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>51155</v>
       </c>
       <c r="B408">
         <v>2024</v>
       </c>
       <c r="C408">
         <v>407</v>
       </c>
       <c r="D408" t="s">
         <v>8</v>
       </c>
       <c r="E408" t="s">
         <v>9</v>
       </c>
       <c r="F408" t="s">
         <v>19</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="H408" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>51156</v>
       </c>
       <c r="B409">
         <v>2024</v>
       </c>
       <c r="C409">
         <v>408</v>
       </c>
       <c r="D409" t="s">
         <v>8</v>
       </c>
       <c r="E409" t="s">
         <v>9</v>
       </c>
       <c r="F409" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H409" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>51159</v>
       </c>
       <c r="B410">
         <v>2024</v>
       </c>
       <c r="C410">
         <v>409</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410" t="s">
         <v>9</v>
       </c>
       <c r="F410" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H410" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>51160</v>
       </c>
       <c r="B411">
         <v>2024</v>
       </c>
       <c r="C411">
         <v>410</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411" t="s">
         <v>9</v>
       </c>
       <c r="F411" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H411" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>51161</v>
       </c>
       <c r="B412">
         <v>2024</v>
       </c>
       <c r="C412">
         <v>411</v>
       </c>
       <c r="D412" t="s">
         <v>8</v>
       </c>
       <c r="E412" t="s">
         <v>9</v>
       </c>
       <c r="F412" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H412" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>51162</v>
       </c>
       <c r="B413">
         <v>2024</v>
       </c>
       <c r="C413">
         <v>412</v>
       </c>
       <c r="D413" t="s">
         <v>8</v>
       </c>
       <c r="E413" t="s">
         <v>9</v>
       </c>
       <c r="F413" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="H413" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>51163</v>
       </c>
       <c r="B414">
         <v>2024</v>
       </c>
       <c r="C414">
         <v>413</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414" t="s">
         <v>9</v>
       </c>
       <c r="F414" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="H414" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>51164</v>
       </c>
       <c r="B415">
         <v>2024</v>
       </c>
       <c r="C415">
         <v>414</v>
       </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H415" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>51165</v>
       </c>
       <c r="B416">
         <v>2024</v>
       </c>
       <c r="C416">
         <v>415</v>
       </c>
       <c r="D416" t="s">
         <v>8</v>
       </c>
       <c r="E416" t="s">
         <v>9</v>
       </c>
       <c r="F416" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H416" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>51166</v>
       </c>
       <c r="B417">
         <v>2024</v>
       </c>
       <c r="C417">
         <v>416</v>
       </c>
       <c r="D417" t="s">
         <v>8</v>
       </c>
       <c r="E417" t="s">
         <v>9</v>
       </c>
       <c r="F417" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H417" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>51167</v>
       </c>
       <c r="B418">
         <v>2024</v>
       </c>
       <c r="C418">
         <v>417</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418" t="s">
         <v>9</v>
       </c>
       <c r="F418" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="H418" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>51168</v>
       </c>
       <c r="B419">
         <v>2024</v>
       </c>
       <c r="C419">
         <v>418</v>
       </c>
       <c r="D419" t="s">
         <v>8</v>
       </c>
       <c r="E419" t="s">
         <v>9</v>
       </c>
       <c r="F419" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="H419" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>51169</v>
       </c>
       <c r="B420">
         <v>2024</v>
       </c>
       <c r="C420">
         <v>419</v>
       </c>
       <c r="D420" t="s">
         <v>8</v>
       </c>
       <c r="E420" t="s">
         <v>9</v>
       </c>
       <c r="F420" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="H420" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>51170</v>
       </c>
       <c r="B421">
         <v>2024</v>
       </c>
       <c r="C421">
         <v>420</v>
       </c>
       <c r="D421" t="s">
         <v>8</v>
       </c>
       <c r="E421" t="s">
         <v>9</v>
       </c>
       <c r="F421" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="H421" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>51171</v>
       </c>
       <c r="B422">
         <v>2024</v>
       </c>
       <c r="C422">
         <v>421</v>
       </c>
       <c r="D422" t="s">
         <v>8</v>
       </c>
       <c r="E422" t="s">
         <v>9</v>
       </c>
       <c r="F422" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H422" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>51172</v>
       </c>
       <c r="B423">
         <v>2024</v>
       </c>
       <c r="C423">
         <v>422</v>
       </c>
       <c r="D423" t="s">
         <v>8</v>
       </c>
       <c r="E423" t="s">
         <v>9</v>
       </c>
       <c r="F423" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H423" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>51174</v>
       </c>
       <c r="B424">
         <v>2024</v>
       </c>
       <c r="C424">
         <v>423</v>
       </c>
       <c r="D424" t="s">
         <v>8</v>
       </c>
       <c r="E424" t="s">
         <v>9</v>
       </c>
       <c r="F424" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="H424" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>51176</v>
       </c>
       <c r="B425">
         <v>2024</v>
       </c>
       <c r="C425">
         <v>424</v>
       </c>
       <c r="D425" t="s">
         <v>8</v>
       </c>
       <c r="E425" t="s">
         <v>9</v>
       </c>
       <c r="F425" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H425" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>51178</v>
       </c>
       <c r="B426">
         <v>2024</v>
       </c>
       <c r="C426">
         <v>425</v>
       </c>
       <c r="D426" t="s">
         <v>8</v>
       </c>
       <c r="E426" t="s">
         <v>9</v>
       </c>
       <c r="F426" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="H426" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>51179</v>
       </c>
       <c r="B427">
         <v>2024</v>
       </c>
       <c r="C427">
         <v>426</v>
       </c>
       <c r="D427" t="s">
         <v>8</v>
       </c>
       <c r="E427" t="s">
         <v>9</v>
       </c>
       <c r="F427" t="s">
         <v>33</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="H427" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>51180</v>
       </c>
       <c r="B428">
         <v>2024</v>
       </c>
       <c r="C428">
         <v>427</v>
       </c>
       <c r="D428" t="s">
         <v>8</v>
       </c>
       <c r="E428" t="s">
         <v>9</v>
       </c>
       <c r="F428" t="s">
         <v>33</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="H428" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>51181</v>
       </c>
       <c r="B429">
         <v>2024</v>
       </c>
       <c r="C429">
         <v>428</v>
       </c>
       <c r="D429" t="s">
         <v>8</v>
       </c>
       <c r="E429" t="s">
         <v>9</v>
       </c>
       <c r="F429" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="H429" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>51182</v>
       </c>
       <c r="B430">
         <v>2024</v>
       </c>
       <c r="C430">
         <v>429</v>
       </c>
       <c r="D430" t="s">
         <v>8</v>
       </c>
       <c r="E430" t="s">
         <v>9</v>
       </c>
       <c r="F430" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="H430" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>51183</v>
       </c>
       <c r="B431">
         <v>2024</v>
       </c>
       <c r="C431">
         <v>430</v>
       </c>
       <c r="D431" t="s">
         <v>8</v>
       </c>
       <c r="E431" t="s">
         <v>9</v>
       </c>
       <c r="F431" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H431" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>51184</v>
       </c>
       <c r="B432">
         <v>2024</v>
       </c>
       <c r="C432">
         <v>431</v>
       </c>
       <c r="D432" t="s">
         <v>8</v>
       </c>
       <c r="E432" t="s">
         <v>9</v>
       </c>
       <c r="F432" t="s">
         <v>33</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="H432" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>51185</v>
       </c>
       <c r="B433">
         <v>2024</v>
       </c>
       <c r="C433">
         <v>432</v>
       </c>
       <c r="D433" t="s">
         <v>8</v>
       </c>
       <c r="E433" t="s">
         <v>9</v>
       </c>
       <c r="F433" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H433" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>51186</v>
       </c>
       <c r="B434">
         <v>2024</v>
       </c>
       <c r="C434">
         <v>433</v>
       </c>
       <c r="D434" t="s">
         <v>8</v>
       </c>
       <c r="E434" t="s">
         <v>9</v>
       </c>
       <c r="F434" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H434" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>51188</v>
       </c>
       <c r="B435">
         <v>2024</v>
       </c>
       <c r="C435">
         <v>434</v>
       </c>
       <c r="D435" t="s">
         <v>8</v>
       </c>
       <c r="E435" t="s">
         <v>9</v>
       </c>
       <c r="F435" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="H435" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>51189</v>
       </c>
       <c r="B436">
         <v>2024</v>
       </c>
       <c r="C436">
         <v>435</v>
       </c>
       <c r="D436" t="s">
         <v>8</v>
       </c>
       <c r="E436" t="s">
         <v>9</v>
       </c>
       <c r="F436" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="H436" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>51191</v>
       </c>
       <c r="B437">
         <v>2024</v>
       </c>
       <c r="C437">
         <v>436</v>
       </c>
       <c r="D437" t="s">
         <v>8</v>
       </c>
       <c r="E437" t="s">
         <v>9</v>
       </c>
       <c r="F437" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H437" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>51192</v>
       </c>
       <c r="B438">
         <v>2024</v>
       </c>
       <c r="C438">
         <v>437</v>
       </c>
       <c r="D438" t="s">
         <v>8</v>
       </c>
       <c r="E438" t="s">
         <v>9</v>
       </c>
       <c r="F438" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="H438" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>51193</v>
       </c>
       <c r="B439">
         <v>2024</v>
       </c>
       <c r="C439">
         <v>438</v>
       </c>
       <c r="D439" t="s">
         <v>8</v>
       </c>
       <c r="E439" t="s">
         <v>9</v>
       </c>
       <c r="F439" t="s">
         <v>24</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="H439" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>51194</v>
       </c>
       <c r="B440">
         <v>2024</v>
       </c>
       <c r="C440">
         <v>439</v>
       </c>
       <c r="D440" t="s">
         <v>8</v>
       </c>
       <c r="E440" t="s">
         <v>9</v>
       </c>
       <c r="F440" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="H440" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>51195</v>
       </c>
       <c r="B441">
         <v>2024</v>
       </c>
       <c r="C441">
         <v>440</v>
       </c>
       <c r="D441" t="s">
         <v>8</v>
       </c>
       <c r="E441" t="s">
         <v>9</v>
       </c>
       <c r="F441" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="H441" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>51196</v>
       </c>
       <c r="B442">
         <v>2024</v>
       </c>
       <c r="C442">
         <v>441</v>
       </c>
       <c r="D442" t="s">
         <v>8</v>
       </c>
       <c r="E442" t="s">
         <v>9</v>
       </c>
       <c r="F442" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="H442" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>51197</v>
       </c>
       <c r="B443">
         <v>2024</v>
       </c>
       <c r="C443">
         <v>442</v>
       </c>
       <c r="D443" t="s">
         <v>8</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H443" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>51198</v>
       </c>
       <c r="B444">
         <v>2024</v>
       </c>
       <c r="C444">
         <v>443</v>
       </c>
       <c r="D444" t="s">
         <v>8</v>
       </c>
       <c r="E444" t="s">
         <v>9</v>
       </c>
       <c r="F444" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H444" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
         <v>51199</v>
       </c>
       <c r="B445">
         <v>2024</v>
       </c>
       <c r="C445">
         <v>444</v>
       </c>
       <c r="D445" t="s">
         <v>8</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H445" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
         <v>51200</v>
       </c>
       <c r="B446">
         <v>2024</v>
       </c>
       <c r="C446">
         <v>445</v>
       </c>
       <c r="D446" t="s">
         <v>8</v>
       </c>
       <c r="E446" t="s">
         <v>9</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="H446" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
         <v>51201</v>
       </c>
       <c r="B447">
         <v>2024</v>
       </c>
       <c r="C447">
         <v>446</v>
       </c>
       <c r="D447" t="s">
         <v>8</v>
       </c>
       <c r="E447" t="s">
         <v>9</v>
       </c>
       <c r="F447" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H447" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
         <v>51202</v>
       </c>
       <c r="B448">
         <v>2024</v>
       </c>
       <c r="C448">
         <v>447</v>
       </c>
       <c r="D448" t="s">
         <v>8</v>
       </c>
       <c r="E448" t="s">
         <v>9</v>
       </c>
       <c r="F448" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H448" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
         <v>51203</v>
       </c>
       <c r="B449">
         <v>2024</v>
       </c>
       <c r="C449">
         <v>448</v>
       </c>
       <c r="D449" t="s">
         <v>8</v>
       </c>
       <c r="E449" t="s">
         <v>9</v>
       </c>
       <c r="F449" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="H449" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
         <v>51204</v>
       </c>
       <c r="B450">
         <v>2024</v>
       </c>
       <c r="C450">
         <v>449</v>
       </c>
       <c r="D450" t="s">
         <v>8</v>
       </c>
       <c r="E450" t="s">
         <v>9</v>
       </c>
       <c r="F450" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="H450" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
         <v>51205</v>
       </c>
       <c r="B451">
         <v>2024</v>
       </c>
       <c r="C451">
         <v>450</v>
       </c>
       <c r="D451" t="s">
         <v>8</v>
       </c>
       <c r="E451" t="s">
         <v>9</v>
       </c>
       <c r="F451" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="H451" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
         <v>51206</v>
       </c>
       <c r="B452">
         <v>2024</v>
       </c>
       <c r="C452">
         <v>451</v>
       </c>
       <c r="D452" t="s">
         <v>8</v>
       </c>
       <c r="E452" t="s">
         <v>9</v>
       </c>
       <c r="F452" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="H452" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
         <v>51207</v>
       </c>
       <c r="B453">
         <v>2024</v>
       </c>
       <c r="C453">
         <v>452</v>
       </c>
       <c r="D453" t="s">
         <v>8</v>
       </c>
       <c r="E453" t="s">
         <v>9</v>
       </c>
       <c r="F453" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="H453" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
         <v>51208</v>
       </c>
       <c r="B454">
         <v>2024</v>
       </c>
       <c r="C454">
         <v>453</v>
       </c>
       <c r="D454" t="s">
         <v>8</v>
       </c>
       <c r="E454" t="s">
         <v>9</v>
       </c>
       <c r="F454" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="H454" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
         <v>51211</v>
       </c>
       <c r="B455">
         <v>2024</v>
       </c>
       <c r="C455">
         <v>454</v>
       </c>
       <c r="D455" t="s">
         <v>8</v>
       </c>
       <c r="E455" t="s">
         <v>9</v>
       </c>
       <c r="F455" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H455" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
         <v>51213</v>
       </c>
       <c r="B456">
         <v>2024</v>
       </c>
       <c r="C456">
         <v>455</v>
       </c>
       <c r="D456" t="s">
         <v>8</v>
       </c>
       <c r="E456" t="s">
         <v>9</v>
       </c>
       <c r="F456" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H456" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
         <v>51216</v>
       </c>
       <c r="B457">
         <v>2024</v>
       </c>
       <c r="C457">
         <v>456</v>
       </c>
       <c r="D457" t="s">
         <v>8</v>
       </c>
       <c r="E457" t="s">
         <v>9</v>
       </c>
       <c r="F457" t="s">
         <v>10</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H457" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
         <v>51217</v>
       </c>
       <c r="B458">
         <v>2024</v>
       </c>
       <c r="C458">
         <v>457</v>
       </c>
       <c r="D458" t="s">
         <v>8</v>
       </c>
       <c r="E458" t="s">
         <v>9</v>
       </c>
       <c r="F458" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H458" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
         <v>51218</v>
       </c>
       <c r="B459">
         <v>2024</v>
       </c>
       <c r="C459">
         <v>458</v>
       </c>
       <c r="D459" t="s">
         <v>8</v>
       </c>
       <c r="E459" t="s">
         <v>9</v>
       </c>
       <c r="F459" t="s">
         <v>10</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="H459" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
         <v>51219</v>
       </c>
       <c r="B460">
         <v>2024</v>
       </c>
       <c r="C460">
         <v>459</v>
       </c>
       <c r="D460" t="s">
         <v>8</v>
       </c>
       <c r="E460" t="s">
         <v>9</v>
       </c>
       <c r="F460" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H460" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
         <v>51220</v>
       </c>
       <c r="B461">
         <v>2024</v>
       </c>
       <c r="C461">
         <v>460</v>
       </c>
       <c r="D461" t="s">
         <v>8</v>
       </c>
       <c r="E461" t="s">
         <v>9</v>
       </c>
       <c r="F461" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="H461" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
         <v>51221</v>
       </c>
       <c r="B462">
         <v>2024</v>
       </c>
       <c r="C462">
         <v>461</v>
       </c>
       <c r="D462" t="s">
         <v>8</v>
       </c>
       <c r="E462" t="s">
         <v>9</v>
       </c>
       <c r="F462" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H462" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
         <v>51222</v>
       </c>
       <c r="B463">
         <v>2024</v>
       </c>
       <c r="C463">
         <v>462</v>
       </c>
       <c r="D463" t="s">
         <v>8</v>
       </c>
       <c r="E463" t="s">
         <v>9</v>
       </c>
       <c r="F463" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="H463" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
         <v>51225</v>
       </c>
       <c r="B464">
         <v>2024</v>
       </c>
       <c r="C464">
         <v>463</v>
       </c>
       <c r="D464" t="s">
         <v>8</v>
       </c>
       <c r="E464" t="s">
         <v>9</v>
       </c>
       <c r="F464" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="H464" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
         <v>51226</v>
       </c>
       <c r="B465">
         <v>2024</v>
       </c>
       <c r="C465">
         <v>464</v>
       </c>
       <c r="D465" t="s">
         <v>8</v>
       </c>
       <c r="E465" t="s">
         <v>9</v>
       </c>
       <c r="F465" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="H465" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
         <v>51228</v>
       </c>
       <c r="B466">
         <v>2024</v>
       </c>
       <c r="C466">
         <v>465</v>
       </c>
       <c r="D466" t="s">
         <v>8</v>
       </c>
       <c r="E466" t="s">
         <v>9</v>
       </c>
       <c r="F466" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H466" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
         <v>51229</v>
       </c>
       <c r="B467">
         <v>2024</v>
       </c>
       <c r="C467">
         <v>466</v>
       </c>
       <c r="D467" t="s">
         <v>8</v>
       </c>
       <c r="E467" t="s">
         <v>9</v>
       </c>
       <c r="F467" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="H467" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
         <v>51230</v>
       </c>
       <c r="B468">
         <v>2024</v>
       </c>
       <c r="C468">
         <v>467</v>
       </c>
       <c r="D468" t="s">
         <v>8</v>
       </c>
       <c r="E468" t="s">
         <v>9</v>
       </c>
       <c r="F468" t="s">
         <v>10</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H468" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
         <v>51231</v>
       </c>
       <c r="B469">
         <v>2024</v>
       </c>
       <c r="C469">
         <v>468</v>
       </c>
       <c r="D469" t="s">
         <v>8</v>
       </c>
       <c r="E469" t="s">
         <v>9</v>
       </c>
       <c r="F469" t="s">
         <v>10</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="H469" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
         <v>51234</v>
       </c>
       <c r="B470">
         <v>2024</v>
       </c>
       <c r="C470">
         <v>469</v>
       </c>
       <c r="D470" t="s">
         <v>8</v>
       </c>
       <c r="E470" t="s">
         <v>9</v>
       </c>
       <c r="F470" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H470" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
         <v>51235</v>
       </c>
       <c r="B471">
         <v>2024</v>
       </c>
       <c r="C471">
         <v>470</v>
       </c>
       <c r="D471" t="s">
         <v>8</v>
       </c>
       <c r="E471" t="s">
         <v>9</v>
       </c>
       <c r="F471" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="H471" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
         <v>51236</v>
       </c>
       <c r="B472">
         <v>2024</v>
       </c>
       <c r="C472">
         <v>471</v>
       </c>
       <c r="D472" t="s">
         <v>8</v>
       </c>
       <c r="E472" t="s">
         <v>9</v>
       </c>
       <c r="F472" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="H472" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
         <v>51237</v>
       </c>
       <c r="B473">
         <v>2024</v>
       </c>
       <c r="C473">
         <v>472</v>
       </c>
       <c r="D473" t="s">
         <v>8</v>
       </c>
       <c r="E473" t="s">
         <v>9</v>
       </c>
       <c r="F473" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H473" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
         <v>51238</v>
       </c>
       <c r="B474">
         <v>2024</v>
       </c>
       <c r="C474">
         <v>473</v>
       </c>
       <c r="D474" t="s">
         <v>8</v>
       </c>
       <c r="E474" t="s">
         <v>9</v>
       </c>
       <c r="F474" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="H474" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
         <v>51239</v>
       </c>
       <c r="B475">
         <v>2024</v>
       </c>
       <c r="C475">
         <v>474</v>
       </c>
       <c r="D475" t="s">
         <v>8</v>
       </c>
       <c r="E475" t="s">
         <v>9</v>
       </c>
       <c r="F475" t="s">
         <v>10</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="H475" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
         <v>51240</v>
       </c>
       <c r="B476">
         <v>2024</v>
       </c>
       <c r="C476">
         <v>475</v>
       </c>
       <c r="D476" t="s">
         <v>8</v>
       </c>
       <c r="E476" t="s">
         <v>9</v>
       </c>
       <c r="F476" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="H476" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
         <v>51244</v>
       </c>
       <c r="B477">
         <v>2024</v>
       </c>
       <c r="C477">
         <v>476</v>
       </c>
       <c r="D477" t="s">
         <v>8</v>
       </c>
       <c r="E477" t="s">
         <v>9</v>
       </c>
       <c r="F477" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H477" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
         <v>50765</v>
       </c>
       <c r="B478">
         <v>2024</v>
       </c>
       <c r="C478">
         <v>1</v>
       </c>
       <c r="D478" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E478" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F478" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="H478" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
         <v>50829</v>
       </c>
       <c r="B479">
         <v>2024</v>
       </c>
       <c r="C479">
         <v>2</v>
       </c>
       <c r="D479" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E479" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F479" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H479" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
         <v>50892</v>
       </c>
       <c r="B480">
         <v>2024</v>
       </c>
       <c r="C480">
         <v>3</v>
       </c>
       <c r="D480" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E480" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F480" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="H480" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
         <v>50910</v>
       </c>
       <c r="B481">
         <v>2024</v>
       </c>
       <c r="C481">
         <v>4</v>
       </c>
       <c r="D481" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E481" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F481" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="H481" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
         <v>50993</v>
       </c>
       <c r="B482">
         <v>2024</v>
       </c>
       <c r="C482">
         <v>5</v>
       </c>
       <c r="D482" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E482" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F482" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="H482" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
         <v>51034</v>
       </c>
       <c r="B483">
         <v>2024</v>
       </c>
       <c r="C483">
         <v>6</v>
       </c>
       <c r="D483" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E483" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F483" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H483" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
         <v>51152</v>
       </c>
       <c r="B484">
         <v>2024</v>
       </c>
       <c r="C484">
         <v>7</v>
       </c>
       <c r="D484" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E484" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F484" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="H484" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
         <v>51115</v>
       </c>
       <c r="B485">
         <v>2024</v>
       </c>
       <c r="C485">
         <v>1</v>
       </c>
       <c r="D485" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="E485" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F485" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="H485" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
         <v>51122</v>
       </c>
       <c r="B486">
         <v>2024</v>
       </c>
       <c r="C486">
         <v>2</v>
       </c>
       <c r="D486" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="E486" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F486" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="H486" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
         <v>51173</v>
       </c>
       <c r="B487">
         <v>2024</v>
       </c>
       <c r="C487">
         <v>3</v>
       </c>
       <c r="D487" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="E487" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="F487" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="H487" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
         <v>50705</v>
       </c>
       <c r="B488">
         <v>2024</v>
       </c>
       <c r="C488">
         <v>1</v>
       </c>
       <c r="D488" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E488" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F488" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="H488" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
         <v>50766</v>
       </c>
       <c r="B489">
         <v>2024</v>
       </c>
       <c r="C489">
         <v>2</v>
       </c>
       <c r="D489" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E489" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F489" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="H489" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
         <v>50771</v>
       </c>
       <c r="B490">
         <v>2024</v>
       </c>
       <c r="C490">
         <v>3</v>
       </c>
       <c r="D490" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E490" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F490" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H490" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
         <v>50841</v>
       </c>
       <c r="B491">
         <v>2024</v>
       </c>
       <c r="C491">
         <v>4</v>
       </c>
       <c r="D491" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E491" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F491" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="H491" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
         <v>50859</v>
       </c>
       <c r="B492">
         <v>2024</v>
       </c>
       <c r="C492">
         <v>5</v>
       </c>
       <c r="D492" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E492" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F492" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="H492" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
         <v>50881</v>
       </c>
       <c r="B493">
         <v>2024</v>
       </c>
       <c r="C493">
         <v>6</v>
       </c>
       <c r="D493" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E493" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F493" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H493" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
         <v>50891</v>
       </c>
       <c r="B494">
         <v>2024</v>
       </c>
       <c r="C494">
         <v>7</v>
       </c>
       <c r="D494" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E494" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F494" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="H494" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
         <v>50905</v>
       </c>
       <c r="B495">
         <v>2024</v>
       </c>
       <c r="C495">
         <v>8</v>
       </c>
       <c r="D495" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E495" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F495" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="H495" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
         <v>50933</v>
       </c>
       <c r="B496">
         <v>2024</v>
       </c>
       <c r="C496">
         <v>9</v>
       </c>
       <c r="D496" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E496" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F496" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="H496" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
         <v>50945</v>
       </c>
       <c r="B497">
         <v>2024</v>
       </c>
       <c r="C497">
         <v>10</v>
       </c>
       <c r="D497" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E497" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F497" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H497" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
         <v>50948</v>
       </c>
       <c r="B498">
         <v>2024</v>
       </c>
       <c r="C498">
         <v>11</v>
       </c>
       <c r="D498" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E498" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F498" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="H498" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
         <v>50959</v>
       </c>
       <c r="B499">
         <v>2024</v>
       </c>
       <c r="C499">
         <v>12</v>
       </c>
       <c r="D499" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E499" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F499" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H499" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
         <v>50973</v>
       </c>
       <c r="B500">
         <v>2024</v>
       </c>
       <c r="C500">
         <v>13</v>
       </c>
       <c r="D500" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E500" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F500" t="s">
         <v>33</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H500" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
         <v>50989</v>
       </c>
       <c r="B501">
         <v>2024</v>
       </c>
       <c r="C501">
         <v>14</v>
       </c>
       <c r="D501" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E501" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F501" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H501" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
         <v>50990</v>
       </c>
       <c r="B502">
         <v>2024</v>
       </c>
       <c r="C502">
         <v>15</v>
       </c>
       <c r="D502" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E502" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F502" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H502" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
         <v>50997</v>
       </c>
       <c r="B503">
         <v>2024</v>
       </c>
       <c r="C503">
         <v>16</v>
       </c>
       <c r="D503" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E503" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F503" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="H503" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
         <v>51037</v>
       </c>
       <c r="B504">
         <v>2024</v>
       </c>
       <c r="C504">
         <v>17</v>
       </c>
       <c r="D504" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E504" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F504" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="H504" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
         <v>51084</v>
       </c>
       <c r="B505">
         <v>2024</v>
       </c>
       <c r="C505">
         <v>18</v>
       </c>
       <c r="D505" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E505" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F505" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="H505" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
         <v>51129</v>
       </c>
       <c r="B506">
         <v>2024</v>
       </c>
       <c r="C506">
         <v>19</v>
       </c>
       <c r="D506" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E506" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F506" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H506" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
         <v>51175</v>
       </c>
       <c r="B507">
         <v>2024</v>
       </c>
       <c r="C507">
         <v>20</v>
       </c>
       <c r="D507" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E507" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F507" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H507" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
         <v>51187</v>
       </c>
       <c r="B508">
         <v>2024</v>
       </c>
       <c r="C508">
         <v>21</v>
       </c>
       <c r="D508" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E508" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F508" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H508" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
         <v>51209</v>
       </c>
       <c r="B509">
         <v>2024</v>
       </c>
       <c r="C509">
         <v>22</v>
       </c>
       <c r="D509" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E509" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F509" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="H509" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
         <v>51210</v>
       </c>
       <c r="B510">
         <v>2024</v>
       </c>
       <c r="C510">
         <v>23</v>
       </c>
       <c r="D510" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E510" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F510" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H510" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
         <v>51212</v>
       </c>
       <c r="B511">
         <v>2024</v>
       </c>
       <c r="C511">
         <v>24</v>
       </c>
       <c r="D511" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E511" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F511" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="H511" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
         <v>51242</v>
       </c>
       <c r="B512">
         <v>2024</v>
       </c>
       <c r="C512">
         <v>25</v>
       </c>
       <c r="D512" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E512" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="F512" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="H512" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
         <v>50691</v>
       </c>
       <c r="B513">
         <v>2024</v>
       </c>
       <c r="C513">
         <v>1</v>
       </c>
       <c r="D513" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E513" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F513" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="H513" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
         <v>50692</v>
       </c>
       <c r="B514">
         <v>2024</v>
       </c>
       <c r="C514">
         <v>2</v>
       </c>
       <c r="D514" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E514" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F514" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="H514" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
         <v>50693</v>
       </c>
       <c r="B515">
         <v>2024</v>
       </c>
       <c r="C515">
         <v>3</v>
       </c>
       <c r="D515" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E515" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F515" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="H515" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
         <v>50694</v>
       </c>
       <c r="B516">
         <v>2024</v>
       </c>
       <c r="C516">
         <v>4</v>
       </c>
       <c r="D516" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E516" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F516" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="H516" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
         <v>50695</v>
       </c>
       <c r="B517">
         <v>2024</v>
       </c>
       <c r="C517">
         <v>5</v>
       </c>
       <c r="D517" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E517" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F517" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H517" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
         <v>50906</v>
       </c>
       <c r="B518">
         <v>2024</v>
       </c>
       <c r="C518">
         <v>6</v>
       </c>
       <c r="D518" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E518" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F518" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="H518" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
         <v>50995</v>
       </c>
       <c r="B519">
         <v>2024</v>
       </c>
       <c r="C519">
         <v>7</v>
       </c>
       <c r="D519" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E519" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F519" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="H519" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
         <v>51000</v>
       </c>
       <c r="B520">
         <v>2024</v>
       </c>
       <c r="C520">
         <v>8</v>
       </c>
       <c r="D520" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E520" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F520" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H520" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
         <v>51022</v>
       </c>
       <c r="B521">
         <v>2024</v>
       </c>
       <c r="C521">
         <v>9</v>
       </c>
       <c r="D521" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E521" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F521" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H521" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
         <v>51023</v>
       </c>
       <c r="B522">
         <v>2024</v>
       </c>
       <c r="C522">
         <v>10</v>
       </c>
       <c r="D522" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E522" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F522" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H522" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
         <v>51024</v>
       </c>
       <c r="B523">
         <v>2024</v>
       </c>
       <c r="C523">
         <v>11</v>
       </c>
       <c r="D523" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E523" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F523" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="H523" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
         <v>51039</v>
       </c>
       <c r="B524">
         <v>2024</v>
       </c>
       <c r="C524">
         <v>12</v>
       </c>
       <c r="D524" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E524" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F524" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H524" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
         <v>51046</v>
       </c>
       <c r="B525">
         <v>2024</v>
       </c>
       <c r="C525">
         <v>13</v>
       </c>
       <c r="D525" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E525" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F525" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H525" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
         <v>51077</v>
       </c>
       <c r="B526">
         <v>2024</v>
       </c>
       <c r="C526">
         <v>14</v>
       </c>
       <c r="D526" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E526" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F526" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H526" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
         <v>51088</v>
       </c>
       <c r="B527">
         <v>2024</v>
       </c>
       <c r="C527">
         <v>15</v>
       </c>
       <c r="D527" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E527" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F527" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="H527" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
         <v>51089</v>
       </c>
       <c r="B528">
         <v>2024</v>
       </c>
       <c r="C528">
         <v>16</v>
       </c>
       <c r="D528" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E528" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F528" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="H528" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
         <v>51093</v>
       </c>
       <c r="B529">
         <v>2024</v>
       </c>
       <c r="C529">
         <v>17</v>
       </c>
       <c r="D529" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E529" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F529" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="H529" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
         <v>51130</v>
       </c>
       <c r="B530">
         <v>2024</v>
       </c>
       <c r="C530">
         <v>18</v>
       </c>
       <c r="D530" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E530" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F530" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="H530" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
         <v>51137</v>
       </c>
       <c r="B531">
         <v>2024</v>
       </c>
       <c r="C531">
         <v>19</v>
       </c>
       <c r="D531" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E531" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F531" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="H531" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
         <v>51157</v>
       </c>
       <c r="B532">
         <v>2024</v>
       </c>
       <c r="C532">
         <v>20</v>
       </c>
       <c r="D532" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E532" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F532" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="H532" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
         <v>51158</v>
       </c>
       <c r="B533">
         <v>2024</v>
       </c>
       <c r="C533">
         <v>21</v>
       </c>
       <c r="D533" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E533" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F533" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="H533" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
         <v>51177</v>
       </c>
       <c r="B534">
         <v>2024</v>
       </c>
       <c r="C534">
         <v>22</v>
       </c>
       <c r="D534" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E534" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F534" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H534" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
         <v>51190</v>
       </c>
       <c r="B535">
         <v>2024</v>
       </c>
       <c r="C535">
         <v>23</v>
       </c>
       <c r="D535" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E535" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F535" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H535" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
         <v>51214</v>
       </c>
       <c r="B536">
         <v>2024</v>
       </c>
       <c r="C536">
         <v>24</v>
       </c>
       <c r="D536" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E536" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F536" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="H536" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
         <v>51215</v>
       </c>
       <c r="B537">
         <v>2024</v>
       </c>
       <c r="C537">
         <v>25</v>
       </c>
       <c r="D537" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E537" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F537" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H537" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
         <v>51223</v>
       </c>
       <c r="B538">
         <v>2024</v>
       </c>
       <c r="C538">
         <v>26</v>
       </c>
       <c r="D538" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E538" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F538" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="H538" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
         <v>51224</v>
       </c>
       <c r="B539">
         <v>2024</v>
       </c>
       <c r="C539">
         <v>27</v>
       </c>
       <c r="D539" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E539" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F539" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="H539" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
         <v>51227</v>
       </c>
       <c r="B540">
         <v>2024</v>
       </c>
       <c r="C540">
         <v>28</v>
       </c>
       <c r="D540" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E540" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F540" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="H540" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
         <v>51232</v>
       </c>
       <c r="B541">
         <v>2024</v>
       </c>
       <c r="C541">
         <v>29</v>
       </c>
       <c r="D541" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E541" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F541" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="H541" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
         <v>51233</v>
       </c>
       <c r="B542">
         <v>2024</v>
       </c>
       <c r="C542">
         <v>30</v>
       </c>
       <c r="D542" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E542" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F542" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H542" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
         <v>50921</v>
       </c>
       <c r="B543">
         <v>2024</v>
       </c>
       <c r="C543">
         <v>1</v>
       </c>
       <c r="D543" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="E543" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F543" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H543" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
         <v>51085</v>
       </c>
       <c r="B544">
         <v>2024</v>
       </c>
       <c r="C544">
         <v>2</v>
       </c>
       <c r="D544" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="E544" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F544" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H544" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
         <v>51132</v>
       </c>
       <c r="B545">
         <v>2024</v>
       </c>
       <c r="C545">
         <v>1</v>
       </c>
       <c r="D545" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E545" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="F545" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H545" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>