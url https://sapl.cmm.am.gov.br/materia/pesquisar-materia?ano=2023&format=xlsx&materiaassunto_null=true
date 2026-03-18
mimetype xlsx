--- v0 (2025-12-07)
+++ v1 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3797" uniqueCount="1868">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3797" uniqueCount="1871">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1731,52 +1731,54 @@
     <t>Altera dispositivos da Lei n. 1.734, de 06 de junho de 2013 (Programa Bolsa Idiomas - PBI)_x000D_
 Mensagem 011/2023</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50059/pl_137_2023_-_mens._12_2023_-_auxilio_financeiro_transporte_alternativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a concessão de auxílio financeiro para manutenção, modernização e desenvolvimento da atividade econômica dos empreendedores do transporte alternativo e executivo de Manaus e dá outras providências._x000D_
 Mensagem 12/2023</t>
   </si>
   <si>
     <t>ELAN ALENCAR_x000D_
 JOÃO CARLOS_x000D_
 PEIXOTO_x000D_
 RAIFF MATOS_x000D_
 RAULZINHO_x000D_
 WALLACE OLIVEIRA</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50060/pl_138_2023_joao_carlos_dia_da_consciencia_do_primeiro_voto_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI, no Calendário Oficial da Cidade de Manaus, o Dia Municipal da Consciência do Primeiro Voto, a ser comemorado no dia 5 de outubro, e dá outras providências.</t>
   </si>
   <si>
-    <t>JOÃO CARLOS_x000D_
-MARCEL ALEXANDRE</t>
+    <t>JANDER LOBATO_x000D_
+JOÃO CARLOS_x000D_
+MARCEL ALEXANDRE_x000D_
+RAIFF MATOS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50061/pl_139_2023_joao_carlos.pdf</t>
   </si>
   <si>
     <t>RECONHECE como cidades-irmãs a cidade de Manaus e a cidade de Seul, capital da Coreia do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>EVERTON ASSIS_x000D_
 MARCEL ALEXANDRE_x000D_
 MARCIO TAVARES_x000D_
 PEIXOTO_x000D_
 PROF. SAMUEL_x000D_
 RAIFF MATOS_x000D_
 ROBERTO SABINO_x000D_
 ROSIVALDO CORDOVIL_x000D_
 YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50063/pl_140_20232_marcio_tavares_fisioterapia_e_terapia_ocupacional_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a implantação do Programa de Fisioterapia e Terapia Ocupacional para Pessoas Idosas no âmbito do município de Manaus.</t>
   </si>
   <si>
@@ -2376,50 +2378,55 @@
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50110/pl_182_2023_rodrigo_guedes_pefis_da_adm_publica_disporem_comunicacao_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade de disponibilização de canais diretos de comunicação por parte dos órgãos da Administração Pública Municipal Direta e Indireta da Prefeitura de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50112/pl_183_2023_dr._daniel_vasconcelos_mediador_socioeducativo_nas_escolas.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a instituição da função de mediador socioeducativo nas escolas públicas municipais e nas escolas privadas da cidade de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50113/pl_184_2023_rodrigo_guedes_pefis_da_adm_publica_restringir_acesso_rev.pdf</t>
   </si>
   <si>
     <t>PROÍBE a restrição da livre manifestação de usuários nos perfis oficiais dos órgãos da Administração Pública Municipal Direta e Indireta da Prefeitura de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50114/pl_185_2023_rodrigo_guedes_programa_calcada_manaus.pdf</t>
   </si>
   <si>
     <t>INSTITUI, no âmbito municipal, o Programa Calçada Manaus.</t>
   </si>
   <si>
+    <t>IVO NETO_x000D_
+RAIFF MATOS_x000D_
+RODRIGO GUEDES</t>
+  </si>
+  <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50115/pl_186_2023_rodrigo_guedes_programa_lixeiras_viciadas_rev_.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Programa de combate às Lixeiras Viciadas no âmbito do município de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50116/pl_187_2023_rodrigo_guedes_padronizacao_das_feiras_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a padronização das barracas dos feirantes devidamente cadastrados na Secretaria Municipal de Agricultura, Abastecimento, Centro e Comércio Informal (SEMACC) e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50117/pl_188_2023_rodrigo_giedes_bicicletario_cmm_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a instalação de bicicletário na sede dos órgãos públicos da administração direta e indireta da Prefeitura de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50118/pl_189_2023_rodrigo_guedes_absorventes_rev_.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a inclusão de absorventes higiênicos nas cestas básicas fornecidas pela Prefeitura Municipal de Manaus.</t>
   </si>
   <si>
     <t>ELAN ALENCAR_x000D_
@@ -2639,50 +2646,53 @@
   <si>
     <t>ALTERA a Lei n. 1.364, de 19 de agosto de 2009, que proíbe o consumo de cigarros, cigarrilhas, charutos, cachimbos e derivados em ambientes de uso coletivo e dá outras providências.</t>
   </si>
   <si>
     <t>DR. EDUARDO ASSIS_x000D_
 GILMAR NASCIMENTO_x000D_
 KENNEDY MARQUES PROTETOR_x000D_
 MARCEL ALEXANDRE_x000D_
 PEIXOTO_x000D_
 RAIFF MATOS_x000D_
 ROBERTO SABINO_x000D_
 ROSIVALDO CORDOVIL_x000D_
 WALLACE OLIVEIRA_x000D_
 WILLIAM ALEMÃO_x000D_
 YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50140/pl_208_2023_gilmar_nascimento_combate_ao_consumo_de_cigarro_eletronico_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Semana Municipal de Conscientização e Combate ao Consumo de Cigarro Eletrônico no município de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>ELAN ALENCAR_x000D_
 GILMAR NASCIMENTO_x000D_
+JANDER LOBATO_x000D_
+KENNEDY MARQUES PROTETOR_x000D_
+PROF. SAMUEL_x000D_
 RAIFF MATOS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50141/pl_209_2023_gilmar_nascimento_utilizacao_de_vassouras_reciclavel_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a utilização de vassouras feitas de materiais recicláveis para a limpeza de repartições e logradouros públicos.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50143/pl_210_2023_-_mens._13_2023_-_denominacao_avenia_amazonino_mendes.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a alteração da denominação da Avenida Autaz Mirim, no município de Manaus, para Avenida Governador Amazonino Mendes._x000D_
 Mensagem 13/2023</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50144/pl_211_2023_-_mens._14_2023_-_estrutura_basica_educacao.pdf</t>
   </si>
   <si>
     <t>ESTABELECE na estrutura básica da Rede Pública Municipal de Ensino de Manaus as unidades de ensino e dá outras providências._x000D_
 Mensagem 014/2023</t>
   </si>
   <si>
     <t>DR. EDUARDO ASSIS_x000D_
 ELAN ALENCAR_x000D_
@@ -3039,50 +3049,59 @@
 WALLACE OLIVEIRA</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50188/pl_248_2023_dr._daniel_vasconcelos_prevencao_e_tratamento_a_endometriose.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a criação do Plano de Prevenção e Tratamento da Endometriose no município de Manaus e dá outras providências.</t>
   </si>
   <si>
     <t>DR. DANIEL VASCONCELOS_x000D_
 PROF. SAMUEL</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50189/pl_249_2023_dr._daniel_vasconcelos_espaco_fisico_para_exposicao_e_comercializacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a cessão de espaço físico para exposição e comercialização da economia solidária em eventos públicos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50190/pl_250_2023_dr._daniel_vasconcelos_campanha_educacao_jovens_adultos.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Campanha sobre a Educação de Jovens e Adultos (EJA) e dá outras providências.</t>
   </si>
   <si>
+    <t>ELAN ALENCAR_x000D_
+JOELSON SILVA_x000D_
+JOÃO CARLOS_x000D_
+RAIFF MATOS_x000D_
+RAULZINHO_x000D_
+ROBERTO SABINO_x000D_
+YOMARA LINS</t>
+  </si>
+  <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50191/pl_251_2023_yomara_lins_etarismo_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Campanha de Combate ao Etarismo e dá outras providências.</t>
   </si>
   <si>
     <t>MARCIO TAVARES_x000D_
 RAIFF MATOS_x000D_
 ROBERTO SABINO_x000D_
 ROSIVALDO CORDOVIL_x000D_
 YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50192/pl_252_2023_yomara_lins_cerca_eletrica_rev_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a instalação de cerca elétrica em estabelecimentos de ensino das redes pública e privada no âmbito do município de Manaus.</t>
   </si>
   <si>
     <t>JAILDO OLIVEIRA_x000D_
 JOELSON SILVA_x000D_
 KENNEDY MARQUES PROTETOR_x000D_
 RAIFF MATOS_x000D_
 ROBERTO SABINO_x000D_
 ROSIVALDO CORDOVIL_x000D_
@@ -3186,51 +3205,52 @@
   </si>
   <si>
     <t>PROÍBE a cobrança de estacionamento em hospitais particulares no âmbito do município de Manaus, e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50201/pl_260_2023_roberto_sabino_cameras_do_seguranca_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a implantação de sistema de monitoramento de imagens nos estabelecimentos que comercializam ferros-velhos, sucatas e afins e dá outras providências.</t>
   </si>
   <si>
     <t>CAIO ANDRÉ_x000D_
 JOÃO CARLOS_x000D_
 PROF. SAMUEL_x000D_
 ROSIVALDO CORDOVIL_x000D_
 SASSÁ DA CONSTRUÇÃO CIVIL_x000D_
 WILLIAM ALEMÃO</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50202/pl_261_2023_prof._samuel_clube_rio_negro_-_alteracao_.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA parágrafo único ao art. 1.º da Lei n. 1.795, de 13 de novembro de 2013.</t>
   </si>
   <si>
-    <t>PEIXOTO_x000D_
+    <t>IVO NETO_x000D_
+PEIXOTO_x000D_
 PROF. SAMUEL_x000D_
 RAIFF MATOS_x000D_
 RAULZINHO_x000D_
 ROSIVALDO CORDOVIL</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50203/pl_262_2023_prof._samuel_campanha_cancer_de_pesoco_e_cabeca_.pdf</t>
   </si>
   <si>
     <t>INSTITUI a Campanha de Conscientização, Prevenção e Combate ao Câncer de Cabeça e Pescoço, no âmbito do município de Manaus, e dá outras providências.</t>
   </si>
   <si>
     <t>CAPITÃO CARPÊ_x000D_
 ELAN ALENCAR_x000D_
 EVERTON ASSIS_x000D_
 IVO NETO_x000D_
 JANDER LOBATO_x000D_
 JOÃO CARLOS_x000D_
 KENNEDY MARQUES PROTETOR_x000D_
 MARCEL ALEXANDRE_x000D_
 MARCIO TAVARES_x000D_
 PEIXOTO_x000D_
 PROF. SAMUEL_x000D_
 PROF.ª JACQUELINE_x000D_
 RAIFF MATOS_x000D_
@@ -5064,50 +5084,58 @@
 PEIXOTO_x000D_
 PROF. SAMUEL_x000D_
 RAIFF MATOS_x000D_
 ROBERTO SABINO_x000D_
 THAYSA LIPPY_x000D_
 WALLACE OLIVEIRA_x000D_
 YOMARA LINS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50433/pl_440_2023_yomara_lins_campanha_autismo_tardio_rev.pdf</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50434/pl_441_2023_ivo_neto_dia_do_paratleta_rev.pdf</t>
   </si>
   <si>
     <t>INSTITUI o Dia Municipal do Paratleta, na cidade de Manaus, e dá outras providências.</t>
   </si>
   <si>
     <t>RAIFF MATOS</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50435/pl_442_2023_raiff_matos_utilidade_publica_-_master-rev.pdf</t>
   </si>
   <si>
     <t>CONSIDERA de Utilidade Pública a Master Associação de Apoio à Educação e Atenção Social do Estado do Amazonas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>DIONE CARVALHO_x000D_
+ELAN ALENCAR_x000D_
+EVERTON ASSIS_x000D_
+JANDER LOBATO_x000D_
+KENNEDY MARQUES PROTETOR_x000D_
+PROF. SAMUEL</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50436/pl_443_2023_dione_carvalho_banheiros_publicos_rev.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a instalação de banheiros públicos para o uso social de pessoas em situação de rua no âmbito do município de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50437/pl_444_2023_lissandro_breval_area_de_preservacao_permanente.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA, no âmbito do município de Manaus, a área de preservação permanente a que alude a Lei Federal n. 12.651,</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50438/pl_445_2023_lissandro_breval_cria_o_mapa_de_garantia_de_direitos_fundamentais_-_mgdf_.pdf</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50439/pl_446_2023_dione_carvalho_isencao_taxa_hospitais_rev.pdf</t>
   </si>
   <si>
     <t>AUTORIZA a isenção das tarifas de água e esgoto aos hospitais filantrópicos no âmbito do município de Manaus.</t>
   </si>
   <si>
     <t>http://sapl.cmm.am.gov.br/sapl/public/materialegislativa/2023/50441/pl_447_2023_diego_afonso_considera_de_util-_agremch_.pdf</t>
   </si>
@@ -13065,14926 +13093,14926 @@
       </c>
       <c r="G186" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H186" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>50115</v>
       </c>
       <c r="B187">
         <v>2023</v>
       </c>
       <c r="C187">
         <v>186</v>
       </c>
       <c r="D187" t="s">
         <v>8</v>
       </c>
       <c r="E187" t="s">
         <v>9</v>
       </c>
       <c r="F187" t="s">
-        <v>452</v>
+        <v>512</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H187" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>50116</v>
       </c>
       <c r="B188">
         <v>2023</v>
       </c>
       <c r="C188">
         <v>187</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
       <c r="E188" t="s">
         <v>9</v>
       </c>
       <c r="F188" t="s">
         <v>452</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H188" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>50117</v>
       </c>
       <c r="B189">
         <v>2023</v>
       </c>
       <c r="C189">
         <v>188</v>
       </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
       <c r="E189" t="s">
         <v>9</v>
       </c>
       <c r="F189" t="s">
         <v>452</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H189" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>50118</v>
       </c>
       <c r="B190">
         <v>2023</v>
       </c>
       <c r="C190">
         <v>189</v>
       </c>
       <c r="D190" t="s">
         <v>8</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" t="s">
         <v>452</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H190" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>50119</v>
       </c>
       <c r="B191">
         <v>2023</v>
       </c>
       <c r="C191">
         <v>190</v>
       </c>
       <c r="D191" t="s">
         <v>8</v>
       </c>
       <c r="E191" t="s">
         <v>9</v>
       </c>
       <c r="F191" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H191" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>50120</v>
       </c>
       <c r="B192">
         <v>2023</v>
       </c>
       <c r="C192">
         <v>191</v>
       </c>
       <c r="D192" t="s">
         <v>8</v>
       </c>
       <c r="E192" t="s">
         <v>9</v>
       </c>
       <c r="F192" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H192" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>50121</v>
       </c>
       <c r="B193">
         <v>2023</v>
       </c>
       <c r="C193">
         <v>192</v>
       </c>
       <c r="D193" t="s">
         <v>8</v>
       </c>
       <c r="E193" t="s">
         <v>9</v>
       </c>
       <c r="F193" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H193" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>50122</v>
       </c>
       <c r="B194">
         <v>2023</v>
       </c>
       <c r="C194">
         <v>193</v>
       </c>
       <c r="D194" t="s">
         <v>8</v>
       </c>
       <c r="E194" t="s">
         <v>9</v>
       </c>
       <c r="F194" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H194" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>50123</v>
       </c>
       <c r="B195">
         <v>2023</v>
       </c>
       <c r="C195">
         <v>194</v>
       </c>
       <c r="D195" t="s">
         <v>8</v>
       </c>
       <c r="E195" t="s">
         <v>9</v>
       </c>
       <c r="F195" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H195" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>50124</v>
       </c>
       <c r="B196">
         <v>2023</v>
       </c>
       <c r="C196">
         <v>195</v>
       </c>
       <c r="D196" t="s">
         <v>8</v>
       </c>
       <c r="E196" t="s">
         <v>9</v>
       </c>
       <c r="F196" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H196" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>50125</v>
       </c>
       <c r="B197">
         <v>2023</v>
       </c>
       <c r="C197">
         <v>196</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197" t="s">
         <v>9</v>
       </c>
       <c r="F197" t="s">
         <v>81</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H197" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>50126</v>
       </c>
       <c r="B198">
         <v>2023</v>
       </c>
       <c r="C198">
         <v>197</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198" t="s">
         <v>9</v>
       </c>
       <c r="F198" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H198" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>50128</v>
       </c>
       <c r="B199">
         <v>2023</v>
       </c>
       <c r="C199">
         <v>198</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199" t="s">
         <v>9</v>
       </c>
       <c r="F199" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H199" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>50129</v>
       </c>
       <c r="B200">
         <v>2023</v>
       </c>
       <c r="C200">
         <v>199</v>
       </c>
       <c r="D200" t="s">
         <v>8</v>
       </c>
       <c r="E200" t="s">
         <v>9</v>
       </c>
       <c r="F200" t="s">
         <v>22</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H200" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>50130</v>
       </c>
       <c r="B201">
         <v>2023</v>
       </c>
       <c r="C201">
         <v>200</v>
       </c>
       <c r="D201" t="s">
         <v>8</v>
       </c>
       <c r="E201" t="s">
         <v>9</v>
       </c>
       <c r="F201" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H201" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>50131</v>
       </c>
       <c r="B202">
         <v>2023</v>
       </c>
       <c r="C202">
         <v>201</v>
       </c>
       <c r="D202" t="s">
         <v>8</v>
       </c>
       <c r="E202" t="s">
         <v>9</v>
       </c>
       <c r="F202" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H202" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>50132</v>
       </c>
       <c r="B203">
         <v>2023</v>
       </c>
       <c r="C203">
         <v>202</v>
       </c>
       <c r="D203" t="s">
         <v>8</v>
       </c>
       <c r="E203" t="s">
         <v>9</v>
       </c>
       <c r="F203" t="s">
         <v>358</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H203" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>50134</v>
       </c>
       <c r="B204">
         <v>2023</v>
       </c>
       <c r="C204">
         <v>203</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
       <c r="E204" t="s">
         <v>9</v>
       </c>
       <c r="F204" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H204" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>50136</v>
       </c>
       <c r="B205">
         <v>2023</v>
       </c>
       <c r="C205">
         <v>204</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205" t="s">
         <v>9</v>
       </c>
       <c r="F205" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H205" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>50137</v>
       </c>
       <c r="B206">
         <v>2023</v>
       </c>
       <c r="C206">
         <v>205</v>
       </c>
       <c r="D206" t="s">
         <v>8</v>
       </c>
       <c r="E206" t="s">
         <v>9</v>
       </c>
       <c r="F206" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H206" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>50138</v>
       </c>
       <c r="B207">
         <v>2023</v>
       </c>
       <c r="C207">
         <v>206</v>
       </c>
       <c r="D207" t="s">
         <v>8</v>
       </c>
       <c r="E207" t="s">
         <v>9</v>
       </c>
       <c r="F207" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H207" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>50139</v>
       </c>
       <c r="B208">
         <v>2023</v>
       </c>
       <c r="C208">
         <v>207</v>
       </c>
       <c r="D208" t="s">
         <v>8</v>
       </c>
       <c r="E208" t="s">
         <v>9</v>
       </c>
       <c r="F208" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H208" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>50140</v>
       </c>
       <c r="B209">
         <v>2023</v>
       </c>
       <c r="C209">
         <v>208</v>
       </c>
       <c r="D209" t="s">
         <v>8</v>
       </c>
       <c r="E209" t="s">
         <v>9</v>
       </c>
       <c r="F209" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H209" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>50141</v>
       </c>
       <c r="B210">
         <v>2023</v>
       </c>
       <c r="C210">
         <v>209</v>
       </c>
       <c r="D210" t="s">
         <v>8</v>
       </c>
       <c r="E210" t="s">
         <v>9</v>
       </c>
       <c r="F210" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H210" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>50143</v>
       </c>
       <c r="B211">
         <v>2023</v>
       </c>
       <c r="C211">
         <v>210</v>
       </c>
       <c r="D211" t="s">
         <v>8</v>
       </c>
       <c r="E211" t="s">
         <v>9</v>
       </c>
       <c r="F211" t="s">
         <v>10</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H211" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>50144</v>
       </c>
       <c r="B212">
         <v>2023</v>
       </c>
       <c r="C212">
         <v>211</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212" t="s">
         <v>9</v>
       </c>
       <c r="F212" t="s">
         <v>10</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H212" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>50145</v>
       </c>
       <c r="B213">
         <v>2023</v>
       </c>
       <c r="C213">
         <v>212</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213" t="s">
         <v>9</v>
       </c>
       <c r="F213" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H213" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>50146</v>
       </c>
       <c r="B214">
         <v>2023</v>
       </c>
       <c r="C214">
         <v>213</v>
       </c>
       <c r="D214" t="s">
         <v>8</v>
       </c>
       <c r="E214" t="s">
         <v>9</v>
       </c>
       <c r="F214" t="s">
         <v>10</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H214" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>50147</v>
       </c>
       <c r="B215">
         <v>2023</v>
       </c>
       <c r="C215">
         <v>214</v>
       </c>
       <c r="D215" t="s">
         <v>8</v>
       </c>
       <c r="E215" t="s">
         <v>9</v>
       </c>
       <c r="F215" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H215" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>50148</v>
       </c>
       <c r="B216">
         <v>2023</v>
       </c>
       <c r="C216">
         <v>215</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216" t="s">
         <v>9</v>
       </c>
       <c r="F216" t="s">
         <v>253</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H216" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>50149</v>
       </c>
       <c r="B217">
         <v>2023</v>
       </c>
       <c r="C217">
         <v>216</v>
       </c>
       <c r="D217" t="s">
         <v>8</v>
       </c>
       <c r="E217" t="s">
         <v>9</v>
       </c>
       <c r="F217" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H217" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>50150</v>
       </c>
       <c r="B218">
         <v>2023</v>
       </c>
       <c r="C218">
         <v>217</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218" t="s">
         <v>9</v>
       </c>
       <c r="F218" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H218" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>50151</v>
       </c>
       <c r="B219">
         <v>2023</v>
       </c>
       <c r="C219">
         <v>218</v>
       </c>
       <c r="D219" t="s">
         <v>8</v>
       </c>
       <c r="E219" t="s">
         <v>9</v>
       </c>
       <c r="F219" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H219" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>50152</v>
       </c>
       <c r="B220">
         <v>2023</v>
       </c>
       <c r="C220">
         <v>219</v>
       </c>
       <c r="D220" t="s">
         <v>8</v>
       </c>
       <c r="E220" t="s">
         <v>9</v>
       </c>
       <c r="F220" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H220" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>50153</v>
       </c>
       <c r="B221">
         <v>2023</v>
       </c>
       <c r="C221">
         <v>220</v>
       </c>
       <c r="D221" t="s">
         <v>8</v>
       </c>
       <c r="E221" t="s">
         <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H221" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>50154</v>
       </c>
       <c r="B222">
         <v>2023</v>
       </c>
       <c r="C222">
         <v>221</v>
       </c>
       <c r="D222" t="s">
         <v>8</v>
       </c>
       <c r="E222" t="s">
         <v>9</v>
       </c>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H222" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>50156</v>
       </c>
       <c r="B223">
         <v>2023</v>
       </c>
       <c r="C223">
         <v>222</v>
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223" t="s">
         <v>9</v>
       </c>
       <c r="F223" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H223" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>50157</v>
       </c>
       <c r="B224">
         <v>2023</v>
       </c>
       <c r="C224">
         <v>223</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224" t="s">
         <v>9</v>
       </c>
       <c r="F224" t="s">
         <v>147</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H224" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>50159</v>
       </c>
       <c r="B225">
         <v>2023</v>
       </c>
       <c r="C225">
         <v>224</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225" t="s">
         <v>9</v>
       </c>
       <c r="F225" t="s">
         <v>16</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H225" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>50160</v>
       </c>
       <c r="B226">
         <v>2023</v>
       </c>
       <c r="C226">
         <v>225</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226" t="s">
         <v>9</v>
       </c>
       <c r="F226" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H226" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>50161</v>
       </c>
       <c r="B227">
         <v>2023</v>
       </c>
       <c r="C227">
         <v>226</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H227" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>50162</v>
       </c>
       <c r="B228">
         <v>2023</v>
       </c>
       <c r="C228">
         <v>227</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228" t="s">
         <v>9</v>
       </c>
       <c r="F228" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H228" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>50163</v>
       </c>
       <c r="B229">
         <v>2023</v>
       </c>
       <c r="C229">
         <v>228</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229" t="s">
         <v>9</v>
       </c>
       <c r="F229" t="s">
         <v>10</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H229" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>50164</v>
       </c>
       <c r="B230">
         <v>2023</v>
       </c>
       <c r="C230">
         <v>229</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230" t="s">
         <v>9</v>
       </c>
       <c r="F230" t="s">
         <v>10</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H230" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>50165</v>
       </c>
       <c r="B231">
         <v>2023</v>
       </c>
       <c r="C231">
         <v>230</v>
       </c>
       <c r="D231" t="s">
         <v>8</v>
       </c>
       <c r="E231" t="s">
         <v>9</v>
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H231" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>50166</v>
       </c>
       <c r="B232">
         <v>2023</v>
       </c>
       <c r="C232">
         <v>231</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232" t="s">
         <v>9</v>
       </c>
       <c r="F232" t="s">
         <v>10</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H232" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>50167</v>
       </c>
       <c r="B233">
         <v>2023</v>
       </c>
       <c r="C233">
         <v>232</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233" t="s">
         <v>9</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H233" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>50168</v>
       </c>
       <c r="B234">
         <v>2023</v>
       </c>
       <c r="C234">
         <v>233</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234" t="s">
         <v>9</v>
       </c>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H234" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>50169</v>
       </c>
       <c r="B235">
         <v>2023</v>
       </c>
       <c r="C235">
         <v>234</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235" t="s">
         <v>9</v>
       </c>
       <c r="F235" t="s">
         <v>497</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="H235" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>50171</v>
       </c>
       <c r="B236">
         <v>2023</v>
       </c>
       <c r="C236">
         <v>235</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236" t="s">
         <v>9</v>
       </c>
       <c r="F236" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H236" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>50174</v>
       </c>
       <c r="B237">
         <v>2023</v>
       </c>
       <c r="C237">
         <v>236</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237" t="s">
         <v>9</v>
       </c>
       <c r="F237" t="s">
         <v>147</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H237" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>50175</v>
       </c>
       <c r="B238">
         <v>2023</v>
       </c>
       <c r="C238">
         <v>237</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238" t="s">
         <v>9</v>
       </c>
       <c r="F238" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H238" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>50178</v>
       </c>
       <c r="B239">
         <v>2023</v>
       </c>
       <c r="C239">
         <v>238</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239" t="s">
         <v>9</v>
       </c>
       <c r="F239" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H239" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>50179</v>
       </c>
       <c r="B240">
         <v>2023</v>
       </c>
       <c r="C240">
         <v>239</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240" t="s">
         <v>9</v>
       </c>
       <c r="F240" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H240" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>50180</v>
       </c>
       <c r="B241">
         <v>2023</v>
       </c>
       <c r="C241">
         <v>240</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241" t="s">
         <v>9</v>
       </c>
       <c r="F241" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H241" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>50181</v>
       </c>
       <c r="B242">
         <v>2023</v>
       </c>
       <c r="C242">
         <v>241</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242" t="s">
         <v>9</v>
       </c>
       <c r="F242" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="H242" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>50182</v>
       </c>
       <c r="B243">
         <v>2023</v>
       </c>
       <c r="C243">
         <v>242</v>
       </c>
       <c r="D243" t="s">
         <v>8</v>
       </c>
       <c r="E243" t="s">
         <v>9</v>
       </c>
       <c r="F243" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H243" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>50184</v>
       </c>
       <c r="B244">
         <v>2023</v>
       </c>
       <c r="C244">
         <v>244</v>
       </c>
       <c r="D244" t="s">
         <v>8</v>
       </c>
       <c r="E244" t="s">
         <v>9</v>
       </c>
       <c r="F244" t="s">
         <v>147</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H244" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>50185</v>
       </c>
       <c r="B245">
         <v>2023</v>
       </c>
       <c r="C245">
         <v>245</v>
       </c>
       <c r="D245" t="s">
         <v>8</v>
       </c>
       <c r="E245" t="s">
         <v>9</v>
       </c>
       <c r="F245" t="s">
         <v>147</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="H245" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>50186</v>
       </c>
       <c r="B246">
         <v>2023</v>
       </c>
       <c r="C246">
         <v>246</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246" t="s">
         <v>9</v>
       </c>
       <c r="F246" t="s">
         <v>111</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H246" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>50187</v>
       </c>
       <c r="B247">
         <v>2023</v>
       </c>
       <c r="C247">
         <v>247</v>
       </c>
       <c r="D247" t="s">
         <v>8</v>
       </c>
       <c r="E247" t="s">
         <v>9</v>
       </c>
       <c r="F247" t="s">
         <v>111</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H247" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>50188</v>
       </c>
       <c r="B248">
         <v>2023</v>
       </c>
       <c r="C248">
         <v>248</v>
       </c>
       <c r="D248" t="s">
         <v>8</v>
       </c>
       <c r="E248" t="s">
         <v>9</v>
       </c>
       <c r="F248" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H248" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>50189</v>
       </c>
       <c r="B249">
         <v>2023</v>
       </c>
       <c r="C249">
         <v>249</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249" t="s">
         <v>9</v>
       </c>
       <c r="F249" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H249" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>50190</v>
       </c>
       <c r="B250">
         <v>2023</v>
       </c>
       <c r="C250">
         <v>250</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250" t="s">
         <v>9</v>
       </c>
       <c r="F250" t="s">
         <v>111</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H250" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>50191</v>
       </c>
       <c r="B251">
         <v>2023</v>
       </c>
       <c r="C251">
         <v>251</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251" t="s">
         <v>9</v>
       </c>
       <c r="F251" t="s">
-        <v>526</v>
+        <v>677</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H251" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>50192</v>
       </c>
       <c r="B252">
         <v>2023</v>
       </c>
       <c r="C252">
         <v>252</v>
       </c>
       <c r="D252" t="s">
         <v>8</v>
       </c>
       <c r="E252" t="s">
         <v>9</v>
       </c>
       <c r="F252" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="H252" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>50193</v>
       </c>
       <c r="B253">
         <v>2023</v>
       </c>
       <c r="C253">
         <v>253</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253" t="s">
         <v>9</v>
       </c>
       <c r="F253" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="H253" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>50194</v>
       </c>
       <c r="B254">
         <v>2023</v>
       </c>
       <c r="C254">
         <v>254</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254" t="s">
         <v>9</v>
       </c>
       <c r="F254" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="H254" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>50195</v>
       </c>
       <c r="B255">
         <v>2023</v>
       </c>
       <c r="C255">
         <v>255</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="H255" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>50196</v>
       </c>
       <c r="B256">
         <v>2023</v>
       </c>
       <c r="C256">
         <v>256</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256" t="s">
         <v>9</v>
       </c>
       <c r="F256" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H256" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>50197</v>
       </c>
       <c r="B257">
         <v>2023</v>
       </c>
       <c r="C257">
         <v>257</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257" t="s">
         <v>9</v>
       </c>
       <c r="F257" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="H257" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>50198</v>
       </c>
       <c r="B258">
         <v>2023</v>
       </c>
       <c r="C258">
         <v>258</v>
       </c>
       <c r="D258" t="s">
         <v>8</v>
       </c>
       <c r="E258" t="s">
         <v>9</v>
       </c>
       <c r="F258" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="H258" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>50200</v>
       </c>
       <c r="B259">
         <v>2023</v>
       </c>
       <c r="C259">
         <v>259</v>
       </c>
       <c r="D259" t="s">
         <v>8</v>
       </c>
       <c r="E259" t="s">
         <v>9</v>
       </c>
       <c r="F259" t="s">
         <v>497</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="H259" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>50201</v>
       </c>
       <c r="B260">
         <v>2023</v>
       </c>
       <c r="C260">
         <v>260</v>
       </c>
       <c r="D260" t="s">
         <v>8</v>
       </c>
       <c r="E260" t="s">
         <v>9</v>
       </c>
       <c r="F260" t="s">
         <v>280</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H260" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>50202</v>
       </c>
       <c r="B261">
         <v>2023</v>
       </c>
       <c r="C261">
         <v>261</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261" t="s">
         <v>9</v>
       </c>
       <c r="F261" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H261" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>50203</v>
       </c>
       <c r="B262">
         <v>2023</v>
       </c>
       <c r="C262">
         <v>262</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262" t="s">
         <v>9</v>
       </c>
       <c r="F262" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="H262" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>50204</v>
       </c>
       <c r="B263">
         <v>2023</v>
       </c>
       <c r="C263">
         <v>263</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263" t="s">
         <v>9</v>
       </c>
       <c r="F263" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="H263" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>50205</v>
       </c>
       <c r="B264">
         <v>2023</v>
       </c>
       <c r="C264">
         <v>264</v>
       </c>
       <c r="D264" t="s">
         <v>8</v>
       </c>
       <c r="E264" t="s">
         <v>9</v>
       </c>
       <c r="F264" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H264" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>50206</v>
       </c>
       <c r="B265">
         <v>2023</v>
       </c>
       <c r="C265">
         <v>265</v>
       </c>
       <c r="D265" t="s">
         <v>8</v>
       </c>
       <c r="E265" t="s">
         <v>9</v>
       </c>
       <c r="F265" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="H265" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>50207</v>
       </c>
       <c r="B266">
         <v>2023</v>
       </c>
       <c r="C266">
         <v>266</v>
       </c>
       <c r="D266" t="s">
         <v>8</v>
       </c>
       <c r="E266" t="s">
         <v>9</v>
       </c>
       <c r="F266" t="s">
         <v>452</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="H266" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>50208</v>
       </c>
       <c r="B267">
         <v>2023</v>
       </c>
       <c r="C267">
         <v>267</v>
       </c>
       <c r="D267" t="s">
         <v>8</v>
       </c>
       <c r="E267" t="s">
         <v>9</v>
       </c>
       <c r="F267" t="s">
         <v>452</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="H267" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>50209</v>
       </c>
       <c r="B268">
         <v>2023</v>
       </c>
       <c r="C268">
         <v>268</v>
       </c>
       <c r="D268" t="s">
         <v>8</v>
       </c>
       <c r="E268" t="s">
         <v>9</v>
       </c>
       <c r="F268" t="s">
         <v>452</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="H268" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>50210</v>
       </c>
       <c r="B269">
         <v>2023</v>
       </c>
       <c r="C269">
         <v>269</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269" t="s">
         <v>9</v>
       </c>
       <c r="F269" t="s">
         <v>452</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H269" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>50211</v>
       </c>
       <c r="B270">
         <v>2023</v>
       </c>
       <c r="C270">
         <v>270</v>
       </c>
       <c r="D270" t="s">
         <v>8</v>
       </c>
       <c r="E270" t="s">
         <v>9</v>
       </c>
       <c r="F270" t="s">
         <v>452</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H270" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>50212</v>
       </c>
       <c r="B271">
         <v>2023</v>
       </c>
       <c r="C271">
         <v>271</v>
       </c>
       <c r="D271" t="s">
         <v>8</v>
       </c>
       <c r="E271" t="s">
         <v>9</v>
       </c>
       <c r="F271" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H271" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>50213</v>
       </c>
       <c r="B272">
         <v>2023</v>
       </c>
       <c r="C272">
         <v>272</v>
       </c>
       <c r="D272" t="s">
         <v>8</v>
       </c>
       <c r="E272" t="s">
         <v>9</v>
       </c>
       <c r="F272" t="s">
         <v>452</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="H272" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>50214</v>
       </c>
       <c r="B273">
         <v>2023</v>
       </c>
       <c r="C273">
         <v>273</v>
       </c>
       <c r="D273" t="s">
         <v>8</v>
       </c>
       <c r="E273" t="s">
         <v>9</v>
       </c>
       <c r="F273" t="s">
         <v>452</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H273" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>50215</v>
       </c>
       <c r="B274">
         <v>2023</v>
       </c>
       <c r="C274">
         <v>274</v>
       </c>
       <c r="D274" t="s">
         <v>8</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" t="s">
         <v>452</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="H274" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>50216</v>
       </c>
       <c r="B275">
         <v>2023</v>
       </c>
       <c r="C275">
         <v>275</v>
       </c>
       <c r="D275" t="s">
         <v>8</v>
       </c>
       <c r="E275" t="s">
         <v>9</v>
       </c>
       <c r="F275" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="H275" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>50217</v>
       </c>
       <c r="B276">
         <v>2023</v>
       </c>
       <c r="C276">
         <v>276</v>
       </c>
       <c r="D276" t="s">
         <v>8</v>
       </c>
       <c r="E276" t="s">
         <v>9</v>
       </c>
       <c r="F276" t="s">
         <v>301</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="H276" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>50218</v>
       </c>
       <c r="B277">
         <v>2023</v>
       </c>
       <c r="C277">
         <v>277</v>
       </c>
       <c r="D277" t="s">
         <v>8</v>
       </c>
       <c r="E277" t="s">
         <v>9</v>
       </c>
       <c r="F277" t="s">
         <v>341</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="H277" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>50219</v>
       </c>
       <c r="B278">
         <v>2023</v>
       </c>
       <c r="C278">
         <v>278</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="H278" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>50220</v>
       </c>
       <c r="B279">
         <v>2023</v>
       </c>
       <c r="C279">
         <v>279</v>
       </c>
       <c r="D279" t="s">
         <v>8</v>
       </c>
       <c r="E279" t="s">
         <v>9</v>
       </c>
       <c r="F279" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="H279" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>50221</v>
       </c>
       <c r="B280">
         <v>2023</v>
       </c>
       <c r="C280">
         <v>280</v>
       </c>
       <c r="D280" t="s">
         <v>8</v>
       </c>
       <c r="E280" t="s">
         <v>9</v>
       </c>
       <c r="F280" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="H280" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>50222</v>
       </c>
       <c r="B281">
         <v>2023</v>
       </c>
       <c r="C281">
         <v>281</v>
       </c>
       <c r="D281" t="s">
         <v>8</v>
       </c>
       <c r="E281" t="s">
         <v>9</v>
       </c>
       <c r="F281" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="H281" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>50223</v>
       </c>
       <c r="B282">
         <v>2023</v>
       </c>
       <c r="C282">
         <v>282</v>
       </c>
       <c r="D282" t="s">
         <v>8</v>
       </c>
       <c r="E282" t="s">
         <v>9</v>
       </c>
       <c r="F282" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="H282" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>50224</v>
       </c>
       <c r="B283">
         <v>2023</v>
       </c>
       <c r="C283">
         <v>283</v>
       </c>
       <c r="D283" t="s">
         <v>8</v>
       </c>
       <c r="E283" t="s">
         <v>9</v>
       </c>
       <c r="F283" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="H283" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>50225</v>
       </c>
       <c r="B284">
         <v>2023</v>
       </c>
       <c r="C284">
         <v>284</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284" t="s">
         <v>9</v>
       </c>
       <c r="F284" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="H284" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>50226</v>
       </c>
       <c r="B285">
         <v>2023</v>
       </c>
       <c r="C285">
         <v>285</v>
       </c>
       <c r="D285" t="s">
         <v>8</v>
       </c>
       <c r="E285" t="s">
         <v>9</v>
       </c>
       <c r="F285" t="s">
         <v>280</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="H285" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>50227</v>
       </c>
       <c r="B286">
         <v>2023</v>
       </c>
       <c r="C286">
         <v>286</v>
       </c>
       <c r="D286" t="s">
         <v>8</v>
       </c>
       <c r="E286" t="s">
         <v>9</v>
       </c>
       <c r="F286" t="s">
         <v>10</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="H286" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>50229</v>
       </c>
       <c r="B287">
         <v>2023</v>
       </c>
       <c r="C287">
         <v>287</v>
       </c>
       <c r="D287" t="s">
         <v>8</v>
       </c>
       <c r="E287" t="s">
         <v>9</v>
       </c>
       <c r="F287" t="s">
         <v>10</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="H287" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>50230</v>
       </c>
       <c r="B288">
         <v>2023</v>
       </c>
       <c r="C288">
         <v>288</v>
       </c>
       <c r="D288" t="s">
         <v>8</v>
       </c>
       <c r="E288" t="s">
         <v>9</v>
       </c>
       <c r="F288" t="s">
         <v>10</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H288" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>50231</v>
       </c>
       <c r="B289">
         <v>2023</v>
       </c>
       <c r="C289">
         <v>289</v>
       </c>
       <c r="D289" t="s">
         <v>8</v>
       </c>
       <c r="E289" t="s">
         <v>9</v>
       </c>
       <c r="F289" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H289" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>50232</v>
       </c>
       <c r="B290">
         <v>2023</v>
       </c>
       <c r="C290">
         <v>290</v>
       </c>
       <c r="D290" t="s">
         <v>8</v>
       </c>
       <c r="E290" t="s">
         <v>9</v>
       </c>
       <c r="F290" t="s">
         <v>10</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H290" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>50233</v>
       </c>
       <c r="B291">
         <v>2023</v>
       </c>
       <c r="C291">
         <v>291</v>
       </c>
       <c r="D291" t="s">
         <v>8</v>
       </c>
       <c r="E291" t="s">
         <v>9</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="H291" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>50234</v>
       </c>
       <c r="B292">
         <v>2023</v>
       </c>
       <c r="C292">
         <v>292</v>
       </c>
       <c r="D292" t="s">
         <v>8</v>
       </c>
       <c r="E292" t="s">
         <v>9</v>
       </c>
       <c r="F292" t="s">
         <v>10</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="H292" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>50235</v>
       </c>
       <c r="B293">
         <v>2023</v>
       </c>
       <c r="C293">
         <v>293</v>
       </c>
       <c r="D293" t="s">
         <v>8</v>
       </c>
       <c r="E293" t="s">
         <v>9</v>
       </c>
       <c r="F293" t="s">
         <v>497</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="H293" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>50236</v>
       </c>
       <c r="B294">
         <v>2023</v>
       </c>
       <c r="C294">
         <v>294</v>
       </c>
       <c r="D294" t="s">
         <v>8</v>
       </c>
       <c r="E294" t="s">
         <v>9</v>
       </c>
       <c r="F294" t="s">
         <v>283</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="H294" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>50237</v>
       </c>
       <c r="B295">
         <v>2023</v>
       </c>
       <c r="C295">
         <v>295</v>
       </c>
       <c r="D295" t="s">
         <v>8</v>
       </c>
       <c r="E295" t="s">
         <v>9</v>
       </c>
       <c r="F295" t="s">
         <v>283</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="H295" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>50238</v>
       </c>
       <c r="B296">
         <v>2023</v>
       </c>
       <c r="C296">
         <v>296</v>
       </c>
       <c r="D296" t="s">
         <v>8</v>
       </c>
       <c r="E296" t="s">
         <v>9</v>
       </c>
       <c r="F296" t="s">
         <v>452</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="H296" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>50239</v>
       </c>
       <c r="B297">
         <v>2023</v>
       </c>
       <c r="C297">
         <v>297</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297" t="s">
         <v>9</v>
       </c>
       <c r="F297" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="H297" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>50240</v>
       </c>
       <c r="B298">
         <v>2023</v>
       </c>
       <c r="C298">
         <v>298</v>
       </c>
       <c r="D298" t="s">
         <v>8</v>
       </c>
       <c r="E298" t="s">
         <v>9</v>
       </c>
       <c r="F298" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H298" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>50241</v>
       </c>
       <c r="B299">
         <v>2023</v>
       </c>
       <c r="C299">
         <v>299</v>
       </c>
       <c r="D299" t="s">
         <v>8</v>
       </c>
       <c r="E299" t="s">
         <v>9</v>
       </c>
       <c r="F299" t="s">
         <v>123</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="H299" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>50242</v>
       </c>
       <c r="B300">
         <v>2023</v>
       </c>
       <c r="C300">
         <v>300</v>
       </c>
       <c r="D300" t="s">
         <v>8</v>
       </c>
       <c r="E300" t="s">
         <v>9</v>
       </c>
       <c r="F300" t="s">
         <v>123</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="H300" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>50243</v>
       </c>
       <c r="B301">
         <v>2023</v>
       </c>
       <c r="C301">
         <v>301</v>
       </c>
       <c r="D301" t="s">
         <v>8</v>
       </c>
       <c r="E301" t="s">
         <v>9</v>
       </c>
       <c r="F301" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H301" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>50244</v>
       </c>
       <c r="B302">
         <v>2023</v>
       </c>
       <c r="C302">
         <v>302</v>
       </c>
       <c r="D302" t="s">
         <v>8</v>
       </c>
       <c r="E302" t="s">
         <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="H302" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>50246</v>
       </c>
       <c r="B303">
         <v>2023</v>
       </c>
       <c r="C303">
         <v>303</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303" t="s">
         <v>9</v>
       </c>
       <c r="F303" t="s">
         <v>452</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="H303" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>50247</v>
       </c>
       <c r="B304">
         <v>2023</v>
       </c>
       <c r="C304">
         <v>304</v>
       </c>
       <c r="D304" t="s">
         <v>8</v>
       </c>
       <c r="E304" t="s">
         <v>9</v>
       </c>
       <c r="F304" t="s">
         <v>265</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="H304" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>50248</v>
       </c>
       <c r="B305">
         <v>2023</v>
       </c>
       <c r="C305">
         <v>305</v>
       </c>
       <c r="D305" t="s">
         <v>8</v>
       </c>
       <c r="E305" t="s">
         <v>9</v>
       </c>
       <c r="F305" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="H305" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>50249</v>
       </c>
       <c r="B306">
         <v>2023</v>
       </c>
       <c r="C306">
         <v>306</v>
       </c>
       <c r="D306" t="s">
         <v>8</v>
       </c>
       <c r="E306" t="s">
         <v>9</v>
       </c>
       <c r="F306" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H306" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>50250</v>
       </c>
       <c r="B307">
         <v>2023</v>
       </c>
       <c r="C307">
         <v>307</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307" t="s">
         <v>9</v>
       </c>
       <c r="F307" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="H307" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>50251</v>
       </c>
       <c r="B308">
         <v>2023</v>
       </c>
       <c r="C308">
         <v>308</v>
       </c>
       <c r="D308" t="s">
         <v>8</v>
       </c>
       <c r="E308" t="s">
         <v>9</v>
       </c>
       <c r="F308" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="H308" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>50252</v>
       </c>
       <c r="B309">
         <v>2023</v>
       </c>
       <c r="C309">
         <v>309</v>
       </c>
       <c r="D309" t="s">
         <v>8</v>
       </c>
       <c r="E309" t="s">
         <v>9</v>
       </c>
       <c r="F309" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H309" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>50253</v>
       </c>
       <c r="B310">
         <v>2023</v>
       </c>
       <c r="C310">
         <v>310</v>
       </c>
       <c r="D310" t="s">
         <v>8</v>
       </c>
       <c r="E310" t="s">
         <v>9</v>
       </c>
       <c r="F310" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="H310" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>50255</v>
       </c>
       <c r="B311">
         <v>2023</v>
       </c>
       <c r="C311">
         <v>311</v>
       </c>
       <c r="D311" t="s">
         <v>8</v>
       </c>
       <c r="E311" t="s">
         <v>9</v>
       </c>
       <c r="F311" t="s">
         <v>253</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="H311" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>50256</v>
       </c>
       <c r="B312">
         <v>2023</v>
       </c>
       <c r="C312">
         <v>312</v>
       </c>
       <c r="D312" t="s">
         <v>8</v>
       </c>
       <c r="E312" t="s">
         <v>9</v>
       </c>
       <c r="F312" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="H312" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>50257</v>
       </c>
       <c r="B313">
         <v>2023</v>
       </c>
       <c r="C313">
         <v>313</v>
       </c>
       <c r="D313" t="s">
         <v>8</v>
       </c>
       <c r="E313" t="s">
         <v>9</v>
       </c>
       <c r="F313" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="H313" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>50258</v>
       </c>
       <c r="B314">
         <v>2023</v>
       </c>
       <c r="C314">
         <v>314</v>
       </c>
       <c r="D314" t="s">
         <v>8</v>
       </c>
       <c r="E314" t="s">
         <v>9</v>
       </c>
       <c r="F314" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="H314" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>50259</v>
       </c>
       <c r="B315">
         <v>2023</v>
       </c>
       <c r="C315">
         <v>315</v>
       </c>
       <c r="D315" t="s">
         <v>8</v>
       </c>
       <c r="E315" t="s">
         <v>9</v>
       </c>
       <c r="F315" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="H315" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>50260</v>
       </c>
       <c r="B316">
         <v>2023</v>
       </c>
       <c r="C316">
         <v>316</v>
       </c>
       <c r="D316" t="s">
         <v>8</v>
       </c>
       <c r="E316" t="s">
         <v>9</v>
       </c>
       <c r="F316" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H316" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>50261</v>
       </c>
       <c r="B317">
         <v>2023</v>
       </c>
       <c r="C317">
         <v>317</v>
       </c>
       <c r="D317" t="s">
         <v>8</v>
       </c>
       <c r="E317" t="s">
         <v>9</v>
       </c>
       <c r="F317" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H317" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>50262</v>
       </c>
       <c r="B318">
         <v>2023</v>
       </c>
       <c r="C318">
         <v>318</v>
       </c>
       <c r="D318" t="s">
         <v>8</v>
       </c>
       <c r="E318" t="s">
         <v>9</v>
       </c>
       <c r="F318" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="H318" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>50263</v>
       </c>
       <c r="B319">
         <v>2023</v>
       </c>
       <c r="C319">
         <v>319</v>
       </c>
       <c r="D319" t="s">
         <v>8</v>
       </c>
       <c r="E319" t="s">
         <v>9</v>
       </c>
       <c r="F319" t="s">
         <v>10</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H319" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>50264</v>
       </c>
       <c r="B320">
         <v>2023</v>
       </c>
       <c r="C320">
         <v>320</v>
       </c>
       <c r="D320" t="s">
         <v>8</v>
       </c>
       <c r="E320" t="s">
         <v>9</v>
       </c>
       <c r="F320" t="s">
         <v>10</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="H320" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>50265</v>
       </c>
       <c r="B321">
         <v>2023</v>
       </c>
       <c r="C321">
         <v>321</v>
       </c>
       <c r="D321" t="s">
         <v>8</v>
       </c>
       <c r="E321" t="s">
         <v>9</v>
       </c>
       <c r="F321" t="s">
         <v>10</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="H321" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>50266</v>
       </c>
       <c r="B322">
         <v>2023</v>
       </c>
       <c r="C322">
         <v>322</v>
       </c>
       <c r="D322" t="s">
         <v>8</v>
       </c>
       <c r="E322" t="s">
         <v>9</v>
       </c>
       <c r="F322" t="s">
         <v>497</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="H322" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>50267</v>
       </c>
       <c r="B323">
         <v>2023</v>
       </c>
       <c r="C323">
         <v>323</v>
       </c>
       <c r="D323" t="s">
         <v>8</v>
       </c>
       <c r="E323" t="s">
         <v>9</v>
       </c>
       <c r="F323" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="H323" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>50268</v>
       </c>
       <c r="B324">
         <v>2023</v>
       </c>
       <c r="C324">
         <v>324</v>
       </c>
       <c r="D324" t="s">
         <v>8</v>
       </c>
       <c r="E324" t="s">
         <v>9</v>
       </c>
       <c r="F324" t="s">
         <v>497</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="H324" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>50269</v>
       </c>
       <c r="B325">
         <v>2023</v>
       </c>
       <c r="C325">
         <v>325</v>
       </c>
       <c r="D325" t="s">
         <v>8</v>
       </c>
       <c r="E325" t="s">
         <v>9</v>
       </c>
       <c r="F325" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="H325" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>50270</v>
       </c>
       <c r="B326">
         <v>2023</v>
       </c>
       <c r="C326">
         <v>326</v>
       </c>
       <c r="D326" t="s">
         <v>8</v>
       </c>
       <c r="E326" t="s">
         <v>9</v>
       </c>
       <c r="F326" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="H326" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>50271</v>
       </c>
       <c r="B327">
         <v>2023</v>
       </c>
       <c r="C327">
         <v>327</v>
       </c>
       <c r="D327" t="s">
         <v>8</v>
       </c>
       <c r="E327" t="s">
         <v>9</v>
       </c>
       <c r="F327" t="s">
         <v>147</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="H327" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>50272</v>
       </c>
       <c r="B328">
         <v>2023</v>
       </c>
       <c r="C328">
         <v>328</v>
       </c>
       <c r="D328" t="s">
         <v>8</v>
       </c>
       <c r="E328" t="s">
         <v>9</v>
       </c>
       <c r="F328" t="s">
         <v>497</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="H328" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>50273</v>
       </c>
       <c r="B329">
         <v>2023</v>
       </c>
       <c r="C329">
         <v>329</v>
       </c>
       <c r="D329" t="s">
         <v>8</v>
       </c>
       <c r="E329" t="s">
         <v>9</v>
       </c>
       <c r="F329" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="H329" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>50274</v>
       </c>
       <c r="B330">
         <v>2023</v>
       </c>
       <c r="C330">
         <v>330</v>
       </c>
       <c r="D330" t="s">
         <v>8</v>
       </c>
       <c r="E330" t="s">
         <v>9</v>
       </c>
       <c r="F330" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="H330" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>50275</v>
       </c>
       <c r="B331">
         <v>2023</v>
       </c>
       <c r="C331">
         <v>331</v>
       </c>
       <c r="D331" t="s">
         <v>8</v>
       </c>
       <c r="E331" t="s">
         <v>9</v>
       </c>
       <c r="F331" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="H331" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>50276</v>
       </c>
       <c r="B332">
         <v>2023</v>
       </c>
       <c r="C332">
         <v>332</v>
       </c>
       <c r="D332" t="s">
         <v>8</v>
       </c>
       <c r="E332" t="s">
         <v>9</v>
       </c>
       <c r="F332" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="H332" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>50277</v>
       </c>
       <c r="B333">
         <v>2023</v>
       </c>
       <c r="C333">
         <v>333</v>
       </c>
       <c r="D333" t="s">
         <v>8</v>
       </c>
       <c r="E333" t="s">
         <v>9</v>
       </c>
       <c r="F333" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="H333" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>50278</v>
       </c>
       <c r="B334">
         <v>2023</v>
       </c>
       <c r="C334">
         <v>334</v>
       </c>
       <c r="D334" t="s">
         <v>8</v>
       </c>
       <c r="E334" t="s">
         <v>9</v>
       </c>
       <c r="F334" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H334" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>50279</v>
       </c>
       <c r="B335">
         <v>2023</v>
       </c>
       <c r="C335">
         <v>335</v>
       </c>
       <c r="D335" t="s">
         <v>8</v>
       </c>
       <c r="E335" t="s">
         <v>9</v>
       </c>
       <c r="F335" t="s">
         <v>443</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="H335" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>50280</v>
       </c>
       <c r="B336">
         <v>2023</v>
       </c>
       <c r="C336">
         <v>336</v>
       </c>
       <c r="D336" t="s">
         <v>8</v>
       </c>
       <c r="E336" t="s">
         <v>9</v>
       </c>
       <c r="F336" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="H336" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>50282</v>
       </c>
       <c r="B337">
         <v>2023</v>
       </c>
       <c r="C337">
         <v>337</v>
       </c>
       <c r="D337" t="s">
         <v>8</v>
       </c>
       <c r="E337" t="s">
         <v>9</v>
       </c>
       <c r="F337" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="H337" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>50284</v>
       </c>
       <c r="B338">
         <v>2023</v>
       </c>
       <c r="C338">
         <v>338</v>
       </c>
       <c r="D338" t="s">
         <v>8</v>
       </c>
       <c r="E338" t="s">
         <v>9</v>
       </c>
       <c r="F338" t="s">
         <v>10</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H338" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>50285</v>
       </c>
       <c r="B339">
         <v>2023</v>
       </c>
       <c r="C339">
         <v>339</v>
       </c>
       <c r="D339" t="s">
         <v>8</v>
       </c>
       <c r="E339" t="s">
         <v>9</v>
       </c>
       <c r="F339" t="s">
         <v>10</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="H339" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>50287</v>
       </c>
       <c r="B340">
         <v>2023</v>
       </c>
       <c r="C340">
         <v>340</v>
       </c>
       <c r="D340" t="s">
         <v>8</v>
       </c>
       <c r="E340" t="s">
         <v>9</v>
       </c>
       <c r="F340" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="H340" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>50288</v>
       </c>
       <c r="B341">
         <v>2023</v>
       </c>
       <c r="C341">
         <v>341</v>
       </c>
       <c r="D341" t="s">
         <v>8</v>
       </c>
       <c r="E341" t="s">
         <v>9</v>
       </c>
       <c r="F341" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H341" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>50289</v>
       </c>
       <c r="B342">
         <v>2023</v>
       </c>
       <c r="C342">
         <v>342</v>
       </c>
       <c r="D342" t="s">
         <v>8</v>
       </c>
       <c r="E342" t="s">
         <v>9</v>
       </c>
       <c r="F342" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="H342" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>50296</v>
       </c>
       <c r="B343">
         <v>2023</v>
       </c>
       <c r="C343">
         <v>343</v>
       </c>
       <c r="D343" t="s">
         <v>8</v>
       </c>
       <c r="E343" t="s">
         <v>9</v>
       </c>
       <c r="F343" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="H343" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>50299</v>
       </c>
       <c r="B344">
         <v>2023</v>
       </c>
       <c r="C344">
         <v>344</v>
       </c>
       <c r="D344" t="s">
         <v>8</v>
       </c>
       <c r="E344" t="s">
         <v>9</v>
       </c>
       <c r="F344" t="s">
         <v>10</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="H344" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>50300</v>
       </c>
       <c r="B345">
         <v>2023</v>
       </c>
       <c r="C345">
         <v>345</v>
       </c>
       <c r="D345" t="s">
         <v>8</v>
       </c>
       <c r="E345" t="s">
         <v>9</v>
       </c>
       <c r="F345" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H345" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>50301</v>
       </c>
       <c r="B346">
         <v>2023</v>
       </c>
       <c r="C346">
         <v>346</v>
       </c>
       <c r="D346" t="s">
         <v>8</v>
       </c>
       <c r="E346" t="s">
         <v>9</v>
       </c>
       <c r="F346" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="H346" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>50303</v>
       </c>
       <c r="B347">
         <v>2023</v>
       </c>
       <c r="C347">
         <v>347</v>
       </c>
       <c r="D347" t="s">
         <v>8</v>
       </c>
       <c r="E347" t="s">
         <v>9</v>
       </c>
       <c r="F347" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H347" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>50304</v>
       </c>
       <c r="B348">
         <v>2023</v>
       </c>
       <c r="C348">
         <v>348</v>
       </c>
       <c r="D348" t="s">
         <v>8</v>
       </c>
       <c r="E348" t="s">
         <v>9</v>
       </c>
       <c r="F348" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="H348" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>50305</v>
       </c>
       <c r="B349">
         <v>2023</v>
       </c>
       <c r="C349">
         <v>349</v>
       </c>
       <c r="D349" t="s">
         <v>8</v>
       </c>
       <c r="E349" t="s">
         <v>9</v>
       </c>
       <c r="F349" t="s">
         <v>280</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H349" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>50306</v>
       </c>
       <c r="B350">
         <v>2023</v>
       </c>
       <c r="C350">
         <v>350</v>
       </c>
       <c r="D350" t="s">
         <v>8</v>
       </c>
       <c r="E350" t="s">
         <v>9</v>
       </c>
       <c r="F350" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="H350" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>50307</v>
       </c>
       <c r="B351">
         <v>2023</v>
       </c>
       <c r="C351">
         <v>351</v>
       </c>
       <c r="D351" t="s">
         <v>8</v>
       </c>
       <c r="E351" t="s">
         <v>9</v>
       </c>
       <c r="F351" t="s">
         <v>452</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="H351" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>50308</v>
       </c>
       <c r="B352">
         <v>2023</v>
       </c>
       <c r="C352">
         <v>352</v>
       </c>
       <c r="D352" t="s">
         <v>8</v>
       </c>
       <c r="E352" t="s">
         <v>9</v>
       </c>
       <c r="F352" t="s">
         <v>452</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="H352" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>50309</v>
       </c>
       <c r="B353">
         <v>2023</v>
       </c>
       <c r="C353">
         <v>353</v>
       </c>
       <c r="D353" t="s">
         <v>8</v>
       </c>
       <c r="E353" t="s">
         <v>9</v>
       </c>
       <c r="F353" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="H353" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>50310</v>
       </c>
       <c r="B354">
         <v>2023</v>
       </c>
       <c r="C354">
         <v>354</v>
       </c>
       <c r="D354" t="s">
         <v>8</v>
       </c>
       <c r="E354" t="s">
         <v>9</v>
       </c>
       <c r="F354" t="s">
         <v>452</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H354" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>50311</v>
       </c>
       <c r="B355">
         <v>2023</v>
       </c>
       <c r="C355">
         <v>355</v>
       </c>
       <c r="D355" t="s">
         <v>8</v>
       </c>
       <c r="E355" t="s">
         <v>9</v>
       </c>
       <c r="F355" t="s">
         <v>452</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="H355" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>50314</v>
       </c>
       <c r="B356">
         <v>2023</v>
       </c>
       <c r="C356">
         <v>356</v>
       </c>
       <c r="D356" t="s">
         <v>8</v>
       </c>
       <c r="E356" t="s">
         <v>9</v>
       </c>
       <c r="F356" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="H356" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>50315</v>
       </c>
       <c r="B357">
         <v>2023</v>
       </c>
       <c r="C357">
         <v>357</v>
       </c>
       <c r="D357" t="s">
         <v>8</v>
       </c>
       <c r="E357" t="s">
         <v>9</v>
       </c>
       <c r="F357" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="H357" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>50316</v>
       </c>
       <c r="B358">
         <v>2023</v>
       </c>
       <c r="C358">
         <v>358</v>
       </c>
       <c r="D358" t="s">
         <v>8</v>
       </c>
       <c r="E358" t="s">
         <v>9</v>
       </c>
       <c r="F358" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="H358" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>50317</v>
       </c>
       <c r="B359">
         <v>2023</v>
       </c>
       <c r="C359">
         <v>359</v>
       </c>
       <c r="D359" t="s">
         <v>8</v>
       </c>
       <c r="E359" t="s">
         <v>9</v>
       </c>
       <c r="F359" t="s">
         <v>452</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="H359" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>50318</v>
       </c>
       <c r="B360">
         <v>2023</v>
       </c>
       <c r="C360">
         <v>360</v>
       </c>
       <c r="D360" t="s">
         <v>8</v>
       </c>
       <c r="E360" t="s">
         <v>9</v>
       </c>
       <c r="F360" t="s">
         <v>452</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="H360" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>50319</v>
       </c>
       <c r="B361">
         <v>2023</v>
       </c>
       <c r="C361">
         <v>361</v>
       </c>
       <c r="D361" t="s">
         <v>8</v>
       </c>
       <c r="E361" t="s">
         <v>9</v>
       </c>
       <c r="F361" t="s">
         <v>452</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H361" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>50320</v>
       </c>
       <c r="B362">
         <v>2023</v>
       </c>
       <c r="C362">
         <v>362</v>
       </c>
       <c r="D362" t="s">
         <v>8</v>
       </c>
       <c r="E362" t="s">
         <v>9</v>
       </c>
       <c r="F362" t="s">
         <v>452</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="H362" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>50321</v>
       </c>
       <c r="B363">
         <v>2023</v>
       </c>
       <c r="C363">
         <v>363</v>
       </c>
       <c r="D363" t="s">
         <v>8</v>
       </c>
       <c r="E363" t="s">
         <v>9</v>
       </c>
       <c r="F363" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="H363" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>50322</v>
       </c>
       <c r="B364">
         <v>2023</v>
       </c>
       <c r="C364">
         <v>364</v>
       </c>
       <c r="D364" t="s">
         <v>8</v>
       </c>
       <c r="E364" t="s">
         <v>9</v>
       </c>
       <c r="F364" t="s">
         <v>10</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="H364" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>50323</v>
       </c>
       <c r="B365">
         <v>2023</v>
       </c>
       <c r="C365">
         <v>365</v>
       </c>
       <c r="D365" t="s">
         <v>8</v>
       </c>
       <c r="E365" t="s">
         <v>9</v>
       </c>
       <c r="F365" t="s">
         <v>10</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="H365" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>50324</v>
       </c>
       <c r="B366">
         <v>2023</v>
       </c>
       <c r="C366">
         <v>366</v>
       </c>
       <c r="D366" t="s">
         <v>8</v>
       </c>
       <c r="E366" t="s">
         <v>9</v>
       </c>
       <c r="F366" t="s">
         <v>10</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="H366" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>50325</v>
       </c>
       <c r="B367">
         <v>2023</v>
       </c>
       <c r="C367">
         <v>367</v>
       </c>
       <c r="D367" t="s">
         <v>8</v>
       </c>
       <c r="E367" t="s">
         <v>9</v>
       </c>
       <c r="F367" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="H367" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>50326</v>
       </c>
       <c r="B368">
         <v>2023</v>
       </c>
       <c r="C368">
         <v>368</v>
       </c>
       <c r="D368" t="s">
         <v>8</v>
       </c>
       <c r="E368" t="s">
         <v>9</v>
       </c>
       <c r="F368" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="H368" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>50327</v>
       </c>
       <c r="B369">
         <v>2023</v>
       </c>
       <c r="C369">
         <v>369</v>
       </c>
       <c r="D369" t="s">
         <v>8</v>
       </c>
       <c r="E369" t="s">
         <v>9</v>
       </c>
       <c r="F369" t="s">
         <v>265</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="H369" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>50328</v>
       </c>
       <c r="B370">
         <v>2023</v>
       </c>
       <c r="C370">
         <v>370</v>
       </c>
       <c r="D370" t="s">
         <v>8</v>
       </c>
       <c r="E370" t="s">
         <v>9</v>
       </c>
       <c r="F370" t="s">
         <v>265</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="H370" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>50330</v>
       </c>
       <c r="B371">
         <v>2023</v>
       </c>
       <c r="C371">
         <v>371</v>
       </c>
       <c r="D371" t="s">
         <v>8</v>
       </c>
       <c r="E371" t="s">
         <v>9</v>
       </c>
       <c r="F371" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="H371" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>50331</v>
       </c>
       <c r="B372">
         <v>2023</v>
       </c>
       <c r="C372">
         <v>372</v>
       </c>
       <c r="D372" t="s">
         <v>8</v>
       </c>
       <c r="E372" t="s">
         <v>9</v>
       </c>
       <c r="F372" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="H372" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>50332</v>
       </c>
       <c r="B373">
         <v>2023</v>
       </c>
       <c r="C373">
         <v>373</v>
       </c>
       <c r="D373" t="s">
         <v>8</v>
       </c>
       <c r="E373" t="s">
         <v>9</v>
       </c>
       <c r="F373" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="H373" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>50334</v>
       </c>
       <c r="B374">
         <v>2023</v>
       </c>
       <c r="C374">
         <v>374</v>
       </c>
       <c r="D374" t="s">
         <v>8</v>
       </c>
       <c r="E374" t="s">
         <v>9</v>
       </c>
       <c r="F374" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="H374" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>50335</v>
       </c>
       <c r="B375">
         <v>2023</v>
       </c>
       <c r="C375">
         <v>375</v>
       </c>
       <c r="D375" t="s">
         <v>8</v>
       </c>
       <c r="E375" t="s">
         <v>9</v>
       </c>
       <c r="F375" t="s">
         <v>10</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="H375" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>50336</v>
       </c>
       <c r="B376">
         <v>2023</v>
       </c>
       <c r="C376">
         <v>376</v>
       </c>
       <c r="D376" t="s">
         <v>8</v>
       </c>
       <c r="E376" t="s">
         <v>9</v>
       </c>
       <c r="F376" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="H376" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>50337</v>
       </c>
       <c r="B377">
         <v>2023</v>
       </c>
       <c r="C377">
         <v>377</v>
       </c>
       <c r="D377" t="s">
         <v>8</v>
       </c>
       <c r="E377" t="s">
         <v>9</v>
       </c>
       <c r="F377" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="H377" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>50338</v>
       </c>
       <c r="B378">
         <v>2023</v>
       </c>
       <c r="C378">
         <v>378</v>
       </c>
       <c r="D378" t="s">
         <v>8</v>
       </c>
       <c r="E378" t="s">
         <v>9</v>
       </c>
       <c r="F378" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H378" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>50339</v>
       </c>
       <c r="B379">
         <v>2023</v>
       </c>
       <c r="C379">
         <v>379</v>
       </c>
       <c r="D379" t="s">
         <v>8</v>
       </c>
       <c r="E379" t="s">
         <v>9</v>
       </c>
       <c r="F379" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="H379" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>50341</v>
       </c>
       <c r="B380">
         <v>2023</v>
       </c>
       <c r="C380">
         <v>380</v>
       </c>
       <c r="D380" t="s">
         <v>8</v>
       </c>
       <c r="E380" t="s">
         <v>9</v>
       </c>
       <c r="F380" t="s">
         <v>10</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H380" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>50342</v>
       </c>
       <c r="B381">
         <v>2023</v>
       </c>
       <c r="C381">
         <v>381</v>
       </c>
       <c r="D381" t="s">
         <v>8</v>
       </c>
       <c r="E381" t="s">
         <v>9</v>
       </c>
       <c r="F381" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="H381" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>50343</v>
       </c>
       <c r="B382">
         <v>2023</v>
       </c>
       <c r="C382">
         <v>382</v>
       </c>
       <c r="D382" t="s">
         <v>8</v>
       </c>
       <c r="E382" t="s">
         <v>9</v>
       </c>
       <c r="F382" t="s">
         <v>489</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H382" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>50345</v>
       </c>
       <c r="B383">
         <v>2023</v>
       </c>
       <c r="C383">
         <v>383</v>
       </c>
       <c r="D383" t="s">
         <v>8</v>
       </c>
       <c r="E383" t="s">
         <v>9</v>
       </c>
       <c r="F383" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H383" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>50346</v>
       </c>
       <c r="B384">
         <v>2023</v>
       </c>
       <c r="C384">
         <v>384</v>
       </c>
       <c r="D384" t="s">
         <v>8</v>
       </c>
       <c r="E384" t="s">
         <v>9</v>
       </c>
       <c r="F384" t="s">
         <v>301</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="H384" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>50347</v>
       </c>
       <c r="B385">
         <v>2023</v>
       </c>
       <c r="C385">
         <v>385</v>
       </c>
       <c r="D385" t="s">
         <v>8</v>
       </c>
       <c r="E385" t="s">
         <v>9</v>
       </c>
       <c r="F385" t="s">
         <v>283</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="H385" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>50350</v>
       </c>
       <c r="B386">
         <v>2023</v>
       </c>
       <c r="C386">
         <v>386</v>
       </c>
       <c r="D386" t="s">
         <v>8</v>
       </c>
       <c r="E386" t="s">
         <v>9</v>
       </c>
       <c r="F386" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="H386" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>50351</v>
       </c>
       <c r="B387">
         <v>2023</v>
       </c>
       <c r="C387">
         <v>387</v>
       </c>
       <c r="D387" t="s">
         <v>8</v>
       </c>
       <c r="E387" t="s">
         <v>9</v>
       </c>
       <c r="F387" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="H387" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>50353</v>
       </c>
       <c r="B388">
         <v>2023</v>
       </c>
       <c r="C388">
         <v>388</v>
       </c>
       <c r="D388" t="s">
         <v>8</v>
       </c>
       <c r="E388" t="s">
         <v>9</v>
       </c>
       <c r="F388" t="s">
         <v>10</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="H388" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>50354</v>
       </c>
       <c r="B389">
         <v>2023</v>
       </c>
       <c r="C389">
         <v>389</v>
       </c>
       <c r="D389" t="s">
         <v>8</v>
       </c>
       <c r="E389" t="s">
         <v>9</v>
       </c>
       <c r="F389" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H389" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>50369</v>
       </c>
       <c r="B390">
         <v>2023</v>
       </c>
       <c r="C390">
         <v>390</v>
       </c>
       <c r="D390" t="s">
         <v>8</v>
       </c>
       <c r="E390" t="s">
         <v>9</v>
       </c>
       <c r="F390" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="H390" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>50370</v>
       </c>
       <c r="B391">
         <v>2023</v>
       </c>
       <c r="C391">
         <v>391</v>
       </c>
       <c r="D391" t="s">
         <v>8</v>
       </c>
       <c r="E391" t="s">
         <v>9</v>
       </c>
       <c r="F391" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="H391" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>50375</v>
       </c>
       <c r="B392">
         <v>2023</v>
       </c>
       <c r="C392">
         <v>392</v>
       </c>
       <c r="D392" t="s">
         <v>8</v>
       </c>
       <c r="E392" t="s">
         <v>9</v>
       </c>
       <c r="F392" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="H392" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>50376</v>
       </c>
       <c r="B393">
         <v>2023</v>
       </c>
       <c r="C393">
         <v>393</v>
       </c>
       <c r="D393" t="s">
         <v>8</v>
       </c>
       <c r="E393" t="s">
         <v>9</v>
       </c>
       <c r="F393" t="s">
         <v>10</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H393" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>50377</v>
       </c>
       <c r="B394">
         <v>2023</v>
       </c>
       <c r="C394">
         <v>394</v>
       </c>
       <c r="D394" t="s">
         <v>8</v>
       </c>
       <c r="E394" t="s">
         <v>9</v>
       </c>
       <c r="F394" t="s">
         <v>10</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="H394" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>50378</v>
       </c>
       <c r="B395">
         <v>2023</v>
       </c>
       <c r="C395">
         <v>395</v>
       </c>
       <c r="D395" t="s">
         <v>8</v>
       </c>
       <c r="E395" t="s">
         <v>9</v>
       </c>
       <c r="F395" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="H395" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>50380</v>
       </c>
       <c r="B396">
         <v>2023</v>
       </c>
       <c r="C396">
         <v>396</v>
       </c>
       <c r="D396" t="s">
         <v>8</v>
       </c>
       <c r="E396" t="s">
         <v>9</v>
       </c>
       <c r="F396" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="H396" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>50383</v>
       </c>
       <c r="B397">
         <v>2023</v>
       </c>
       <c r="C397">
         <v>397</v>
       </c>
       <c r="D397" t="s">
         <v>8</v>
       </c>
       <c r="E397" t="s">
         <v>9</v>
       </c>
       <c r="F397" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H397" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>50384</v>
       </c>
       <c r="B398">
         <v>2023</v>
       </c>
       <c r="C398">
         <v>398</v>
       </c>
       <c r="D398" t="s">
         <v>8</v>
       </c>
       <c r="E398" t="s">
         <v>9</v>
       </c>
       <c r="F398" t="s">
         <v>283</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="H398" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>50385</v>
       </c>
       <c r="B399">
         <v>2023</v>
       </c>
       <c r="C399">
         <v>399</v>
       </c>
       <c r="D399" t="s">
         <v>8</v>
       </c>
       <c r="E399" t="s">
         <v>9</v>
       </c>
       <c r="F399" t="s">
         <v>10</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="H399" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>50389</v>
       </c>
       <c r="B400">
         <v>2023</v>
       </c>
       <c r="C400">
         <v>400</v>
       </c>
       <c r="D400" t="s">
         <v>8</v>
       </c>
       <c r="E400" t="s">
         <v>9</v>
       </c>
       <c r="F400" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="H400" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>50390</v>
       </c>
       <c r="B401">
         <v>2023</v>
       </c>
       <c r="C401">
         <v>401</v>
       </c>
       <c r="D401" t="s">
         <v>8</v>
       </c>
       <c r="E401" t="s">
         <v>9</v>
       </c>
       <c r="F401" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="H401" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>50391</v>
       </c>
       <c r="B402">
         <v>2023</v>
       </c>
       <c r="C402">
         <v>402</v>
       </c>
       <c r="D402" t="s">
         <v>8</v>
       </c>
       <c r="E402" t="s">
         <v>9</v>
       </c>
       <c r="F402" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="H402" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>50392</v>
       </c>
       <c r="B403">
         <v>2023</v>
       </c>
       <c r="C403">
         <v>403</v>
       </c>
       <c r="D403" t="s">
         <v>8</v>
       </c>
       <c r="E403" t="s">
         <v>9</v>
       </c>
       <c r="F403" t="s">
         <v>280</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="H403" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>50393</v>
       </c>
       <c r="B404">
         <v>2023</v>
       </c>
       <c r="C404">
         <v>404</v>
       </c>
       <c r="D404" t="s">
         <v>8</v>
       </c>
       <c r="E404" t="s">
         <v>9</v>
       </c>
       <c r="F404" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="H404" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>50394</v>
       </c>
       <c r="B405">
         <v>2023</v>
       </c>
       <c r="C405">
         <v>405</v>
       </c>
       <c r="D405" t="s">
         <v>8</v>
       </c>
       <c r="E405" t="s">
         <v>9</v>
       </c>
       <c r="F405" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="H405" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>50395</v>
       </c>
       <c r="B406">
         <v>2023</v>
       </c>
       <c r="C406">
         <v>406</v>
       </c>
       <c r="D406" t="s">
         <v>8</v>
       </c>
       <c r="E406" t="s">
         <v>9</v>
       </c>
       <c r="F406" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="H406" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>50396</v>
       </c>
       <c r="B407">
         <v>2023</v>
       </c>
       <c r="C407">
         <v>407</v>
       </c>
       <c r="D407" t="s">
         <v>8</v>
       </c>
       <c r="E407" t="s">
         <v>9</v>
       </c>
       <c r="F407" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="H407" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>50398</v>
       </c>
       <c r="B408">
         <v>2023</v>
       </c>
       <c r="C408">
         <v>408</v>
       </c>
       <c r="D408" t="s">
         <v>8</v>
       </c>
       <c r="E408" t="s">
         <v>9</v>
       </c>
       <c r="F408" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="H408" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>50399</v>
       </c>
       <c r="B409">
         <v>2023</v>
       </c>
       <c r="C409">
         <v>409</v>
       </c>
       <c r="D409" t="s">
         <v>8</v>
       </c>
       <c r="E409" t="s">
         <v>9</v>
       </c>
       <c r="F409" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="H409" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>50400</v>
       </c>
       <c r="B410">
         <v>2023</v>
       </c>
       <c r="C410">
         <v>410</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410" t="s">
         <v>9</v>
       </c>
       <c r="F410" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="H410" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>50401</v>
       </c>
       <c r="B411">
         <v>2023</v>
       </c>
       <c r="C411">
         <v>411</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411" t="s">
         <v>9</v>
       </c>
       <c r="F411" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="H411" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>50402</v>
       </c>
       <c r="B412">
         <v>2023</v>
       </c>
       <c r="C412">
         <v>412</v>
       </c>
       <c r="D412" t="s">
         <v>8</v>
       </c>
       <c r="E412" t="s">
         <v>9</v>
       </c>
       <c r="F412" t="s">
         <v>253</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="H412" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>50404</v>
       </c>
       <c r="B413">
         <v>2023</v>
       </c>
       <c r="C413">
         <v>413</v>
       </c>
       <c r="D413" t="s">
         <v>8</v>
       </c>
       <c r="E413" t="s">
         <v>9</v>
       </c>
       <c r="F413" t="s">
         <v>10</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="H413" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>50405</v>
       </c>
       <c r="B414">
         <v>2023</v>
       </c>
       <c r="C414">
         <v>414</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414" t="s">
         <v>9</v>
       </c>
       <c r="F414" t="s">
         <v>10</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="H414" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>50406</v>
       </c>
       <c r="B415">
         <v>2023</v>
       </c>
       <c r="C415">
         <v>415</v>
       </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415" t="s">
         <v>9</v>
       </c>
       <c r="F415" t="s">
         <v>10</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="H415" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>50407</v>
       </c>
       <c r="B416">
         <v>2023</v>
       </c>
       <c r="C416">
         <v>416</v>
       </c>
       <c r="D416" t="s">
         <v>8</v>
       </c>
       <c r="E416" t="s">
         <v>9</v>
       </c>
       <c r="F416" t="s">
         <v>10</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="H416" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>50408</v>
       </c>
       <c r="B417">
         <v>2023</v>
       </c>
       <c r="C417">
         <v>417</v>
       </c>
       <c r="D417" t="s">
         <v>8</v>
       </c>
       <c r="E417" t="s">
         <v>9</v>
       </c>
       <c r="F417" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="H417" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>50410</v>
       </c>
       <c r="B418">
         <v>2023</v>
       </c>
       <c r="C418">
         <v>418</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418" t="s">
         <v>9</v>
       </c>
       <c r="F418" t="s">
         <v>10</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="H418" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>50411</v>
       </c>
       <c r="B419">
         <v>2023</v>
       </c>
       <c r="C419">
         <v>419</v>
       </c>
       <c r="D419" t="s">
         <v>8</v>
       </c>
       <c r="E419" t="s">
         <v>9</v>
       </c>
       <c r="F419" t="s">
         <v>10</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="H419" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>50412</v>
       </c>
       <c r="B420">
         <v>2023</v>
       </c>
       <c r="C420">
         <v>420</v>
       </c>
       <c r="D420" t="s">
         <v>8</v>
       </c>
       <c r="E420" t="s">
         <v>9</v>
       </c>
       <c r="F420" t="s">
         <v>10</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H420" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>50413</v>
       </c>
       <c r="B421">
         <v>2023</v>
       </c>
       <c r="C421">
         <v>421</v>
       </c>
       <c r="D421" t="s">
         <v>8</v>
       </c>
       <c r="E421" t="s">
         <v>9</v>
       </c>
       <c r="F421" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="H421" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>50415</v>
       </c>
       <c r="B422">
         <v>2023</v>
       </c>
       <c r="C422">
         <v>422</v>
       </c>
       <c r="D422" t="s">
         <v>8</v>
       </c>
       <c r="E422" t="s">
         <v>9</v>
       </c>
       <c r="F422" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="H422" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>50416</v>
       </c>
       <c r="B423">
         <v>2023</v>
       </c>
       <c r="C423">
         <v>423</v>
       </c>
       <c r="D423" t="s">
         <v>8</v>
       </c>
       <c r="E423" t="s">
         <v>9</v>
       </c>
       <c r="F423" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="H423" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>50417</v>
       </c>
       <c r="B424">
         <v>2023</v>
       </c>
       <c r="C424">
         <v>424</v>
       </c>
       <c r="D424" t="s">
         <v>8</v>
       </c>
       <c r="E424" t="s">
         <v>9</v>
       </c>
       <c r="F424" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="H424" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>50418</v>
       </c>
       <c r="B425">
         <v>2023</v>
       </c>
       <c r="C425">
         <v>425</v>
       </c>
       <c r="D425" t="s">
         <v>8</v>
       </c>
       <c r="E425" t="s">
         <v>9</v>
       </c>
       <c r="F425" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="H425" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>50419</v>
       </c>
       <c r="B426">
         <v>2023</v>
       </c>
       <c r="C426">
         <v>426</v>
       </c>
       <c r="D426" t="s">
         <v>8</v>
       </c>
       <c r="E426" t="s">
         <v>9</v>
       </c>
       <c r="F426" t="s">
         <v>358</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="H426" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>50420</v>
       </c>
       <c r="B427">
         <v>2023</v>
       </c>
       <c r="C427">
         <v>427</v>
       </c>
       <c r="D427" t="s">
         <v>8</v>
       </c>
       <c r="E427" t="s">
         <v>9</v>
       </c>
       <c r="F427" t="s">
         <v>358</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="H427" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>50421</v>
       </c>
       <c r="B428">
         <v>2023</v>
       </c>
       <c r="C428">
         <v>428</v>
       </c>
       <c r="D428" t="s">
         <v>8</v>
       </c>
       <c r="E428" t="s">
         <v>9</v>
       </c>
       <c r="F428" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H428" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>50422</v>
       </c>
       <c r="B429">
         <v>2023</v>
       </c>
       <c r="C429">
         <v>429</v>
       </c>
       <c r="D429" t="s">
         <v>8</v>
       </c>
       <c r="E429" t="s">
         <v>9</v>
       </c>
       <c r="F429" t="s">
         <v>358</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="H429" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>50423</v>
       </c>
       <c r="B430">
         <v>2023</v>
       </c>
       <c r="C430">
         <v>430</v>
       </c>
       <c r="D430" t="s">
         <v>8</v>
       </c>
       <c r="E430" t="s">
         <v>9</v>
       </c>
       <c r="F430" t="s">
         <v>358</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="H430" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>50424</v>
       </c>
       <c r="B431">
         <v>2023</v>
       </c>
       <c r="C431">
         <v>431</v>
       </c>
       <c r="D431" t="s">
         <v>8</v>
       </c>
       <c r="E431" t="s">
         <v>9</v>
       </c>
       <c r="F431" t="s">
         <v>358</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="H431" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>50425</v>
       </c>
       <c r="B432">
         <v>2023</v>
       </c>
       <c r="C432">
         <v>432</v>
       </c>
       <c r="D432" t="s">
         <v>8</v>
       </c>
       <c r="E432" t="s">
         <v>9</v>
       </c>
       <c r="F432" t="s">
         <v>358</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="H432" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>50426</v>
       </c>
       <c r="B433">
         <v>2023</v>
       </c>
       <c r="C433">
         <v>433</v>
       </c>
       <c r="D433" t="s">
         <v>8</v>
       </c>
       <c r="E433" t="s">
         <v>9</v>
       </c>
       <c r="F433" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="H433" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>50427</v>
       </c>
       <c r="B434">
         <v>2023</v>
       </c>
       <c r="C434">
         <v>434</v>
       </c>
       <c r="D434" t="s">
         <v>8</v>
       </c>
       <c r="E434" t="s">
         <v>9</v>
       </c>
       <c r="F434" t="s">
         <v>280</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H434" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>50428</v>
       </c>
       <c r="B435">
         <v>2023</v>
       </c>
       <c r="C435">
         <v>435</v>
       </c>
       <c r="D435" t="s">
         <v>8</v>
       </c>
       <c r="E435" t="s">
         <v>9</v>
       </c>
       <c r="F435" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H435" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>50429</v>
       </c>
       <c r="B436">
         <v>2023</v>
       </c>
       <c r="C436">
         <v>436</v>
       </c>
       <c r="D436" t="s">
         <v>8</v>
       </c>
       <c r="E436" t="s">
         <v>9</v>
       </c>
       <c r="F436" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="H436" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>50430</v>
       </c>
       <c r="B437">
         <v>2023</v>
       </c>
       <c r="C437">
         <v>437</v>
       </c>
       <c r="D437" t="s">
         <v>8</v>
       </c>
       <c r="E437" t="s">
         <v>9</v>
       </c>
       <c r="F437" t="s">
         <v>87</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="H437" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>50431</v>
       </c>
       <c r="B438">
         <v>2023</v>
       </c>
       <c r="C438">
         <v>438</v>
       </c>
       <c r="D438" t="s">
         <v>8</v>
       </c>
       <c r="E438" t="s">
         <v>9</v>
       </c>
       <c r="F438" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="H438" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>50432</v>
       </c>
       <c r="B439">
         <v>2023</v>
       </c>
       <c r="C439">
         <v>439</v>
       </c>
       <c r="D439" t="s">
         <v>8</v>
       </c>
       <c r="E439" t="s">
         <v>9</v>
       </c>
       <c r="F439" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="H439" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>50433</v>
       </c>
       <c r="B440">
         <v>2023</v>
       </c>
       <c r="C440">
         <v>440</v>
       </c>
       <c r="D440" t="s">
         <v>8</v>
       </c>
       <c r="E440" t="s">
         <v>9</v>
       </c>
       <c r="F440" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="H440" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>50434</v>
       </c>
       <c r="B441">
         <v>2023</v>
       </c>
       <c r="C441">
         <v>441</v>
       </c>
       <c r="D441" t="s">
         <v>8</v>
       </c>
       <c r="E441" t="s">
         <v>9</v>
       </c>
       <c r="F441" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H441" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>50435</v>
       </c>
       <c r="B442">
         <v>2023</v>
       </c>
       <c r="C442">
         <v>442</v>
       </c>
       <c r="D442" t="s">
         <v>8</v>
       </c>
       <c r="E442" t="s">
         <v>9</v>
       </c>
       <c r="F442" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H442" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>50436</v>
       </c>
       <c r="B443">
         <v>2023</v>
       </c>
       <c r="C443">
         <v>443</v>
       </c>
       <c r="D443" t="s">
         <v>8</v>
       </c>
       <c r="E443" t="s">
         <v>9</v>
       </c>
       <c r="F443" t="s">
-        <v>1099</v>
+        <v>1153</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="H443" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>50437</v>
       </c>
       <c r="B444">
         <v>2023</v>
       </c>
       <c r="C444">
         <v>444</v>
       </c>
       <c r="D444" t="s">
         <v>8</v>
       </c>
       <c r="E444" t="s">
         <v>9</v>
       </c>
       <c r="F444" t="s">
         <v>22</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="H444" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
         <v>50438</v>
       </c>
       <c r="B445">
         <v>2023</v>
       </c>
       <c r="C445">
         <v>445</v>
       </c>
       <c r="D445" t="s">
         <v>8</v>
       </c>
       <c r="E445" t="s">
         <v>9</v>
       </c>
       <c r="F445" t="s">
         <v>22</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="H445" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
         <v>50439</v>
       </c>
       <c r="B446">
         <v>2023</v>
       </c>
       <c r="C446">
         <v>446</v>
       </c>
       <c r="D446" t="s">
         <v>8</v>
       </c>
       <c r="E446" t="s">
         <v>9</v>
       </c>
       <c r="F446" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="H446" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
         <v>50441</v>
       </c>
       <c r="B447">
         <v>2023</v>
       </c>
       <c r="C447">
         <v>447</v>
       </c>
       <c r="D447" t="s">
         <v>8</v>
       </c>
       <c r="E447" t="s">
         <v>9</v>
       </c>
       <c r="F447" t="s">
         <v>72</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="H447" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
         <v>50442</v>
       </c>
       <c r="B448">
         <v>2023</v>
       </c>
       <c r="C448">
         <v>448</v>
       </c>
       <c r="D448" t="s">
         <v>8</v>
       </c>
       <c r="E448" t="s">
         <v>9</v>
       </c>
       <c r="F448" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="H448" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
         <v>50444</v>
       </c>
       <c r="B449">
         <v>2023</v>
       </c>
       <c r="C449">
         <v>449</v>
       </c>
       <c r="D449" t="s">
         <v>8</v>
       </c>
       <c r="E449" t="s">
         <v>9</v>
       </c>
       <c r="F449" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="H449" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
         <v>50445</v>
       </c>
       <c r="B450">
         <v>2023</v>
       </c>
       <c r="C450">
         <v>450</v>
       </c>
       <c r="D450" t="s">
         <v>8</v>
       </c>
       <c r="E450" t="s">
         <v>9</v>
       </c>
       <c r="F450" t="s">
         <v>253</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="H450" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
         <v>50446</v>
       </c>
       <c r="B451">
         <v>2023</v>
       </c>
       <c r="C451">
         <v>451</v>
       </c>
       <c r="D451" t="s">
         <v>8</v>
       </c>
       <c r="E451" t="s">
         <v>9</v>
       </c>
       <c r="F451" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="H451" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
         <v>50447</v>
       </c>
       <c r="B452">
         <v>2023</v>
       </c>
       <c r="C452">
         <v>452</v>
       </c>
       <c r="D452" t="s">
         <v>8</v>
       </c>
       <c r="E452" t="s">
         <v>9</v>
       </c>
       <c r="F452" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="H452" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
         <v>50448</v>
       </c>
       <c r="B453">
         <v>2023</v>
       </c>
       <c r="C453">
         <v>453</v>
       </c>
       <c r="D453" t="s">
         <v>8</v>
       </c>
       <c r="E453" t="s">
         <v>9</v>
       </c>
       <c r="F453" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="H453" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
         <v>50449</v>
       </c>
       <c r="B454">
         <v>2023</v>
       </c>
       <c r="C454">
         <v>454</v>
       </c>
       <c r="D454" t="s">
         <v>8</v>
       </c>
       <c r="E454" t="s">
         <v>9</v>
       </c>
       <c r="F454" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="H454" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
         <v>50450</v>
       </c>
       <c r="B455">
         <v>2023</v>
       </c>
       <c r="C455">
         <v>455</v>
       </c>
       <c r="D455" t="s">
         <v>8</v>
       </c>
       <c r="E455" t="s">
         <v>9</v>
       </c>
       <c r="F455" t="s">
         <v>301</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="H455" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
         <v>50451</v>
       </c>
       <c r="B456">
         <v>2023</v>
       </c>
       <c r="C456">
         <v>456</v>
       </c>
       <c r="D456" t="s">
         <v>8</v>
       </c>
       <c r="E456" t="s">
         <v>9</v>
       </c>
       <c r="F456" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="H456" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
         <v>50452</v>
       </c>
       <c r="B457">
         <v>2023</v>
       </c>
       <c r="C457">
         <v>457</v>
       </c>
       <c r="D457" t="s">
         <v>8</v>
       </c>
       <c r="E457" t="s">
         <v>9</v>
       </c>
       <c r="F457" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="H457" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
         <v>50453</v>
       </c>
       <c r="B458">
         <v>2023</v>
       </c>
       <c r="C458">
         <v>458</v>
       </c>
       <c r="D458" t="s">
         <v>8</v>
       </c>
       <c r="E458" t="s">
         <v>9</v>
       </c>
       <c r="F458" t="s">
         <v>22</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="H458" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
         <v>50454</v>
       </c>
       <c r="B459">
         <v>2023</v>
       </c>
       <c r="C459">
         <v>459</v>
       </c>
       <c r="D459" t="s">
         <v>8</v>
       </c>
       <c r="E459" t="s">
         <v>9</v>
       </c>
       <c r="F459" t="s">
         <v>10</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="H459" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
         <v>50455</v>
       </c>
       <c r="B460">
         <v>2023</v>
       </c>
       <c r="C460">
         <v>460</v>
       </c>
       <c r="D460" t="s">
         <v>8</v>
       </c>
       <c r="E460" t="s">
         <v>9</v>
       </c>
       <c r="F460" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="H460" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
         <v>50456</v>
       </c>
       <c r="B461">
         <v>2023</v>
       </c>
       <c r="C461">
         <v>461</v>
       </c>
       <c r="D461" t="s">
         <v>8</v>
       </c>
       <c r="E461" t="s">
         <v>9</v>
       </c>
       <c r="F461" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="H461" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
         <v>50457</v>
       </c>
       <c r="B462">
         <v>2023</v>
       </c>
       <c r="C462">
         <v>462</v>
       </c>
       <c r="D462" t="s">
         <v>8</v>
       </c>
       <c r="E462" t="s">
         <v>9</v>
       </c>
       <c r="F462" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="H462" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
         <v>50458</v>
       </c>
       <c r="B463">
         <v>2023</v>
       </c>
       <c r="C463">
         <v>463</v>
       </c>
       <c r="D463" t="s">
         <v>8</v>
       </c>
       <c r="E463" t="s">
         <v>9</v>
       </c>
       <c r="F463" t="s">
         <v>452</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="H463" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
         <v>50459</v>
       </c>
       <c r="B464">
         <v>2023</v>
       </c>
       <c r="C464">
         <v>464</v>
       </c>
       <c r="D464" t="s">
         <v>8</v>
       </c>
       <c r="E464" t="s">
         <v>9</v>
       </c>
       <c r="F464" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="H464" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
         <v>50460</v>
       </c>
       <c r="B465">
         <v>2023</v>
       </c>
       <c r="C465">
         <v>465</v>
       </c>
       <c r="D465" t="s">
         <v>8</v>
       </c>
       <c r="E465" t="s">
         <v>9</v>
       </c>
       <c r="F465" t="s">
         <v>123</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="H465" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
         <v>50461</v>
       </c>
       <c r="B466">
         <v>2023</v>
       </c>
       <c r="C466">
         <v>466</v>
       </c>
       <c r="D466" t="s">
         <v>8</v>
       </c>
       <c r="E466" t="s">
         <v>9</v>
       </c>
       <c r="F466" t="s">
         <v>253</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="H466" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
         <v>50462</v>
       </c>
       <c r="B467">
         <v>2023</v>
       </c>
       <c r="C467">
         <v>467</v>
       </c>
       <c r="D467" t="s">
         <v>8</v>
       </c>
       <c r="E467" t="s">
         <v>9</v>
       </c>
       <c r="F467" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="H467" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
         <v>50463</v>
       </c>
       <c r="B468">
         <v>2023</v>
       </c>
       <c r="C468">
         <v>468</v>
       </c>
       <c r="D468" t="s">
         <v>8</v>
       </c>
       <c r="E468" t="s">
         <v>9</v>
       </c>
       <c r="F468" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="H468" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
         <v>50465</v>
       </c>
       <c r="B469">
         <v>2023</v>
       </c>
       <c r="C469">
         <v>469</v>
       </c>
       <c r="D469" t="s">
         <v>8</v>
       </c>
       <c r="E469" t="s">
         <v>9</v>
       </c>
       <c r="F469" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="H469" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
         <v>50466</v>
       </c>
       <c r="B470">
         <v>2023</v>
       </c>
       <c r="C470">
         <v>470</v>
       </c>
       <c r="D470" t="s">
         <v>8</v>
       </c>
       <c r="E470" t="s">
         <v>9</v>
       </c>
       <c r="F470" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="H470" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
         <v>50467</v>
       </c>
       <c r="B471">
         <v>2023</v>
       </c>
       <c r="C471">
         <v>471</v>
       </c>
       <c r="D471" t="s">
         <v>8</v>
       </c>
       <c r="E471" t="s">
         <v>9</v>
       </c>
       <c r="F471" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="H471" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
         <v>50469</v>
       </c>
       <c r="B472">
         <v>2023</v>
       </c>
       <c r="C472">
         <v>472</v>
       </c>
       <c r="D472" t="s">
         <v>8</v>
       </c>
       <c r="E472" t="s">
         <v>9</v>
       </c>
       <c r="F472" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="H472" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
         <v>50470</v>
       </c>
       <c r="B473">
         <v>2023</v>
       </c>
       <c r="C473">
         <v>473</v>
       </c>
       <c r="D473" t="s">
         <v>8</v>
       </c>
       <c r="E473" t="s">
         <v>9</v>
       </c>
       <c r="F473" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="H473" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
         <v>50471</v>
       </c>
       <c r="B474">
         <v>2023</v>
       </c>
       <c r="C474">
         <v>474</v>
       </c>
       <c r="D474" t="s">
         <v>8</v>
       </c>
       <c r="E474" t="s">
         <v>9</v>
       </c>
       <c r="F474" t="s">
         <v>10</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="H474" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
         <v>50472</v>
       </c>
       <c r="B475">
         <v>2023</v>
       </c>
       <c r="C475">
         <v>475</v>
       </c>
       <c r="D475" t="s">
         <v>8</v>
       </c>
       <c r="E475" t="s">
         <v>9</v>
       </c>
       <c r="F475" t="s">
         <v>10</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="H475" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
         <v>50473</v>
       </c>
       <c r="B476">
         <v>2023</v>
       </c>
       <c r="C476">
         <v>476</v>
       </c>
       <c r="D476" t="s">
         <v>8</v>
       </c>
       <c r="E476" t="s">
         <v>9</v>
       </c>
       <c r="F476" t="s">
         <v>10</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H476" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
         <v>50474</v>
       </c>
       <c r="B477">
         <v>2023</v>
       </c>
       <c r="C477">
         <v>477</v>
       </c>
       <c r="D477" t="s">
         <v>8</v>
       </c>
       <c r="E477" t="s">
         <v>9</v>
       </c>
       <c r="F477" t="s">
         <v>10</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="H477" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
         <v>50477</v>
       </c>
       <c r="B478">
         <v>2023</v>
       </c>
       <c r="C478">
         <v>478</v>
       </c>
       <c r="D478" t="s">
         <v>8</v>
       </c>
       <c r="E478" t="s">
         <v>9</v>
       </c>
       <c r="F478" t="s">
         <v>10</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="H478" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
         <v>50478</v>
       </c>
       <c r="B479">
         <v>2023</v>
       </c>
       <c r="C479">
         <v>479</v>
       </c>
       <c r="D479" t="s">
         <v>8</v>
       </c>
       <c r="E479" t="s">
         <v>9</v>
       </c>
       <c r="F479" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="H479" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
         <v>50479</v>
       </c>
       <c r="B480">
         <v>2023</v>
       </c>
       <c r="C480">
         <v>480</v>
       </c>
       <c r="D480" t="s">
         <v>8</v>
       </c>
       <c r="E480" t="s">
         <v>9</v>
       </c>
       <c r="F480" t="s">
         <v>10</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="H480" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
         <v>50480</v>
       </c>
       <c r="B481">
         <v>2023</v>
       </c>
       <c r="C481">
         <v>481</v>
       </c>
       <c r="D481" t="s">
         <v>8</v>
       </c>
       <c r="E481" t="s">
         <v>9</v>
       </c>
       <c r="F481" t="s">
         <v>10</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="H481" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
         <v>50481</v>
       </c>
       <c r="B482">
         <v>2023</v>
       </c>
       <c r="C482">
         <v>482</v>
       </c>
       <c r="D482" t="s">
         <v>8</v>
       </c>
       <c r="E482" t="s">
         <v>9</v>
       </c>
       <c r="F482" t="s">
         <v>10</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="H482" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
         <v>50482</v>
       </c>
       <c r="B483">
         <v>2023</v>
       </c>
       <c r="C483">
         <v>483</v>
       </c>
       <c r="D483" t="s">
         <v>8</v>
       </c>
       <c r="E483" t="s">
         <v>9</v>
       </c>
       <c r="F483" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="H483" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
         <v>50483</v>
       </c>
       <c r="B484">
         <v>2023</v>
       </c>
       <c r="C484">
         <v>484</v>
       </c>
       <c r="D484" t="s">
         <v>8</v>
       </c>
       <c r="E484" t="s">
         <v>9</v>
       </c>
       <c r="F484" t="s">
         <v>10</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H484" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
         <v>50484</v>
       </c>
       <c r="B485">
         <v>2023</v>
       </c>
       <c r="C485">
         <v>485</v>
       </c>
       <c r="D485" t="s">
         <v>8</v>
       </c>
       <c r="E485" t="s">
         <v>9</v>
       </c>
       <c r="F485" t="s">
         <v>81</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="H485" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
         <v>50485</v>
       </c>
       <c r="B486">
         <v>2023</v>
       </c>
       <c r="C486">
         <v>486</v>
       </c>
       <c r="D486" t="s">
         <v>8</v>
       </c>
       <c r="E486" t="s">
         <v>9</v>
       </c>
       <c r="F486" t="s">
         <v>123</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="H486" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
         <v>50486</v>
       </c>
       <c r="B487">
         <v>2023</v>
       </c>
       <c r="C487">
         <v>487</v>
       </c>
       <c r="D487" t="s">
         <v>8</v>
       </c>
       <c r="E487" t="s">
         <v>9</v>
       </c>
       <c r="F487" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="H487" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
         <v>50488</v>
       </c>
       <c r="B488">
         <v>2023</v>
       </c>
       <c r="C488">
         <v>488</v>
       </c>
       <c r="D488" t="s">
         <v>8</v>
       </c>
       <c r="E488" t="s">
         <v>9</v>
       </c>
       <c r="F488" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="H488" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
         <v>50489</v>
       </c>
       <c r="B489">
         <v>2023</v>
       </c>
       <c r="C489">
         <v>489</v>
       </c>
       <c r="D489" t="s">
         <v>8</v>
       </c>
       <c r="E489" t="s">
         <v>9</v>
       </c>
       <c r="F489" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="H489" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
         <v>50490</v>
       </c>
       <c r="B490">
         <v>2023</v>
       </c>
       <c r="C490">
         <v>490</v>
       </c>
       <c r="D490" t="s">
         <v>8</v>
       </c>
       <c r="E490" t="s">
         <v>9</v>
       </c>
       <c r="F490" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="H490" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
         <v>50491</v>
       </c>
       <c r="B491">
         <v>2023</v>
       </c>
       <c r="C491">
         <v>491</v>
       </c>
       <c r="D491" t="s">
         <v>8</v>
       </c>
       <c r="E491" t="s">
         <v>9</v>
       </c>
       <c r="F491" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="H491" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
         <v>50494</v>
       </c>
       <c r="B492">
         <v>2023</v>
       </c>
       <c r="C492">
         <v>492</v>
       </c>
       <c r="D492" t="s">
         <v>8</v>
       </c>
       <c r="E492" t="s">
         <v>9</v>
       </c>
       <c r="F492" t="s">
         <v>265</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="H492" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
         <v>50496</v>
       </c>
       <c r="B493">
         <v>2023</v>
       </c>
       <c r="C493">
         <v>493</v>
       </c>
       <c r="D493" t="s">
         <v>8</v>
       </c>
       <c r="E493" t="s">
         <v>9</v>
       </c>
       <c r="F493" t="s">
         <v>497</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="H493" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
         <v>50498</v>
       </c>
       <c r="B494">
         <v>2023</v>
       </c>
       <c r="C494">
         <v>494</v>
       </c>
       <c r="D494" t="s">
         <v>8</v>
       </c>
       <c r="E494" t="s">
         <v>9</v>
       </c>
       <c r="F494" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="H494" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
         <v>50499</v>
       </c>
       <c r="B495">
         <v>2023</v>
       </c>
       <c r="C495">
         <v>495</v>
       </c>
       <c r="D495" t="s">
         <v>8</v>
       </c>
       <c r="E495" t="s">
         <v>9</v>
       </c>
       <c r="F495" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="H495" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
         <v>50500</v>
       </c>
       <c r="B496">
         <v>2023</v>
       </c>
       <c r="C496">
         <v>496</v>
       </c>
       <c r="D496" t="s">
         <v>8</v>
       </c>
       <c r="E496" t="s">
         <v>9</v>
       </c>
       <c r="F496" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="H496" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
         <v>50501</v>
       </c>
       <c r="B497">
         <v>2023</v>
       </c>
       <c r="C497">
         <v>497</v>
       </c>
       <c r="D497" t="s">
         <v>8</v>
       </c>
       <c r="E497" t="s">
         <v>9</v>
       </c>
       <c r="F497" t="s">
         <v>72</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="H497" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
         <v>50502</v>
       </c>
       <c r="B498">
         <v>2023</v>
       </c>
       <c r="C498">
         <v>498</v>
       </c>
       <c r="D498" t="s">
         <v>8</v>
       </c>
       <c r="E498" t="s">
         <v>9</v>
       </c>
       <c r="F498" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="H498" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
         <v>50503</v>
       </c>
       <c r="B499">
         <v>2023</v>
       </c>
       <c r="C499">
         <v>499</v>
       </c>
       <c r="D499" t="s">
         <v>8</v>
       </c>
       <c r="E499" t="s">
         <v>9</v>
       </c>
       <c r="F499" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="H499" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
         <v>50504</v>
       </c>
       <c r="B500">
         <v>2023</v>
       </c>
       <c r="C500">
         <v>500</v>
       </c>
       <c r="D500" t="s">
         <v>8</v>
       </c>
       <c r="E500" t="s">
         <v>9</v>
       </c>
       <c r="F500" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="H500" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
         <v>50505</v>
       </c>
       <c r="B501">
         <v>2023</v>
       </c>
       <c r="C501">
         <v>501</v>
       </c>
       <c r="D501" t="s">
         <v>8</v>
       </c>
       <c r="E501" t="s">
         <v>9</v>
       </c>
       <c r="F501" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="H501" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
         <v>50506</v>
       </c>
       <c r="B502">
         <v>2023</v>
       </c>
       <c r="C502">
         <v>502</v>
       </c>
       <c r="D502" t="s">
         <v>8</v>
       </c>
       <c r="E502" t="s">
         <v>9</v>
       </c>
       <c r="F502" t="s">
         <v>283</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="H502" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
         <v>50507</v>
       </c>
       <c r="B503">
         <v>2023</v>
       </c>
       <c r="C503">
         <v>503</v>
       </c>
       <c r="D503" t="s">
         <v>8</v>
       </c>
       <c r="E503" t="s">
         <v>9</v>
       </c>
       <c r="F503" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="H503" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
         <v>50508</v>
       </c>
       <c r="B504">
         <v>2023</v>
       </c>
       <c r="C504">
         <v>504</v>
       </c>
       <c r="D504" t="s">
         <v>8</v>
       </c>
       <c r="E504" t="s">
         <v>9</v>
       </c>
       <c r="F504" t="s">
         <v>283</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="H504" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
         <v>50509</v>
       </c>
       <c r="B505">
         <v>2023</v>
       </c>
       <c r="C505">
         <v>505</v>
       </c>
       <c r="D505" t="s">
         <v>8</v>
       </c>
       <c r="E505" t="s">
         <v>9</v>
       </c>
       <c r="F505" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="H505" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
         <v>50512</v>
       </c>
       <c r="B506">
         <v>2023</v>
       </c>
       <c r="C506">
         <v>506</v>
       </c>
       <c r="D506" t="s">
         <v>8</v>
       </c>
       <c r="E506" t="s">
         <v>9</v>
       </c>
       <c r="F506" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H506" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
         <v>50513</v>
       </c>
       <c r="B507">
         <v>2023</v>
       </c>
       <c r="C507">
         <v>507</v>
       </c>
       <c r="D507" t="s">
         <v>8</v>
       </c>
       <c r="E507" t="s">
         <v>9</v>
       </c>
       <c r="F507" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="H507" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
         <v>50514</v>
       </c>
       <c r="B508">
         <v>2023</v>
       </c>
       <c r="C508">
         <v>508</v>
       </c>
       <c r="D508" t="s">
         <v>8</v>
       </c>
       <c r="E508" t="s">
         <v>9</v>
       </c>
       <c r="F508" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="H508" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
         <v>50515</v>
       </c>
       <c r="B509">
         <v>2023</v>
       </c>
       <c r="C509">
         <v>509</v>
       </c>
       <c r="D509" t="s">
         <v>8</v>
       </c>
       <c r="E509" t="s">
         <v>9</v>
       </c>
       <c r="F509" t="s">
         <v>301</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="H509" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
         <v>50516</v>
       </c>
       <c r="B510">
         <v>2023</v>
       </c>
       <c r="C510">
         <v>510</v>
       </c>
       <c r="D510" t="s">
         <v>8</v>
       </c>
       <c r="E510" t="s">
         <v>9</v>
       </c>
       <c r="F510" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="H510" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
         <v>50517</v>
       </c>
       <c r="B511">
         <v>2023</v>
       </c>
       <c r="C511">
         <v>511</v>
       </c>
       <c r="D511" t="s">
         <v>8</v>
       </c>
       <c r="E511" t="s">
         <v>9</v>
       </c>
       <c r="F511" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="H511" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
         <v>50518</v>
       </c>
       <c r="B512">
         <v>2023</v>
       </c>
       <c r="C512">
         <v>512</v>
       </c>
       <c r="D512" t="s">
         <v>8</v>
       </c>
       <c r="E512" t="s">
         <v>9</v>
       </c>
       <c r="F512" t="s">
         <v>289</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="H512" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
         <v>50519</v>
       </c>
       <c r="B513">
         <v>2023</v>
       </c>
       <c r="C513">
         <v>513</v>
       </c>
       <c r="D513" t="s">
         <v>8</v>
       </c>
       <c r="E513" t="s">
         <v>9</v>
       </c>
       <c r="F513" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="H513" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
         <v>50520</v>
       </c>
       <c r="B514">
         <v>2023</v>
       </c>
       <c r="C514">
         <v>514</v>
       </c>
       <c r="D514" t="s">
         <v>8</v>
       </c>
       <c r="E514" t="s">
         <v>9</v>
       </c>
       <c r="F514" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="H514" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
         <v>50521</v>
       </c>
       <c r="B515">
         <v>2023</v>
       </c>
       <c r="C515">
         <v>515</v>
       </c>
       <c r="D515" t="s">
         <v>8</v>
       </c>
       <c r="E515" t="s">
         <v>9</v>
       </c>
       <c r="F515" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="H515" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
         <v>50522</v>
       </c>
       <c r="B516">
         <v>2023</v>
       </c>
       <c r="C516">
         <v>516</v>
       </c>
       <c r="D516" t="s">
         <v>8</v>
       </c>
       <c r="E516" t="s">
         <v>9</v>
       </c>
       <c r="F516" t="s">
         <v>289</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="H516" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
         <v>50523</v>
       </c>
       <c r="B517">
         <v>2023</v>
       </c>
       <c r="C517">
         <v>517</v>
       </c>
       <c r="D517" t="s">
         <v>8</v>
       </c>
       <c r="E517" t="s">
         <v>9</v>
       </c>
       <c r="F517" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="H517" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
         <v>50524</v>
       </c>
       <c r="B518">
         <v>2023</v>
       </c>
       <c r="C518">
         <v>518</v>
       </c>
       <c r="D518" t="s">
         <v>8</v>
       </c>
       <c r="E518" t="s">
         <v>9</v>
       </c>
       <c r="F518" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="H518" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
         <v>50525</v>
       </c>
       <c r="B519">
         <v>2023</v>
       </c>
       <c r="C519">
         <v>519</v>
       </c>
       <c r="D519" t="s">
         <v>8</v>
       </c>
       <c r="E519" t="s">
         <v>9</v>
       </c>
       <c r="F519" t="s">
         <v>81</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="H519" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
         <v>50526</v>
       </c>
       <c r="B520">
         <v>2023</v>
       </c>
       <c r="C520">
         <v>520</v>
       </c>
       <c r="D520" t="s">
         <v>8</v>
       </c>
       <c r="E520" t="s">
         <v>9</v>
       </c>
       <c r="F520" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="H520" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
         <v>50527</v>
       </c>
       <c r="B521">
         <v>2023</v>
       </c>
       <c r="C521">
         <v>521</v>
       </c>
       <c r="D521" t="s">
         <v>8</v>
       </c>
       <c r="E521" t="s">
         <v>9</v>
       </c>
       <c r="F521" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="H521" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
         <v>50531</v>
       </c>
       <c r="B522">
         <v>2023</v>
       </c>
       <c r="C522">
         <v>522</v>
       </c>
       <c r="D522" t="s">
         <v>8</v>
       </c>
       <c r="E522" t="s">
         <v>9</v>
       </c>
       <c r="F522" t="s">
         <v>10</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="H522" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
         <v>50532</v>
       </c>
       <c r="B523">
         <v>2023</v>
       </c>
       <c r="C523">
         <v>523</v>
       </c>
       <c r="D523" t="s">
         <v>8</v>
       </c>
       <c r="E523" t="s">
         <v>9</v>
       </c>
       <c r="F523" t="s">
         <v>10</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="H523" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
         <v>50533</v>
       </c>
       <c r="B524">
         <v>2023</v>
       </c>
       <c r="C524">
         <v>524</v>
       </c>
       <c r="D524" t="s">
         <v>8</v>
       </c>
       <c r="E524" t="s">
         <v>9</v>
       </c>
       <c r="F524" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="H524" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
         <v>50534</v>
       </c>
       <c r="B525">
         <v>2023</v>
       </c>
       <c r="C525">
         <v>525</v>
       </c>
       <c r="D525" t="s">
         <v>8</v>
       </c>
       <c r="E525" t="s">
         <v>9</v>
       </c>
       <c r="F525" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="H525" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
         <v>50535</v>
       </c>
       <c r="B526">
         <v>2023</v>
       </c>
       <c r="C526">
         <v>526</v>
       </c>
       <c r="D526" t="s">
         <v>8</v>
       </c>
       <c r="E526" t="s">
         <v>9</v>
       </c>
       <c r="F526" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="H526" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
         <v>50536</v>
       </c>
       <c r="B527">
         <v>2023</v>
       </c>
       <c r="C527">
         <v>527</v>
       </c>
       <c r="D527" t="s">
         <v>8</v>
       </c>
       <c r="E527" t="s">
         <v>9</v>
       </c>
       <c r="F527" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="H527" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
         <v>50537</v>
       </c>
       <c r="B528">
         <v>2023</v>
       </c>
       <c r="C528">
         <v>528</v>
       </c>
       <c r="D528" t="s">
         <v>8</v>
       </c>
       <c r="E528" t="s">
         <v>9</v>
       </c>
       <c r="F528" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="H528" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
         <v>50538</v>
       </c>
       <c r="B529">
         <v>2023</v>
       </c>
       <c r="C529">
         <v>529</v>
       </c>
       <c r="D529" t="s">
         <v>8</v>
       </c>
       <c r="E529" t="s">
         <v>9</v>
       </c>
       <c r="F529" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="H529" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
         <v>50539</v>
       </c>
       <c r="B530">
         <v>2023</v>
       </c>
       <c r="C530">
         <v>530</v>
       </c>
       <c r="D530" t="s">
         <v>8</v>
       </c>
       <c r="E530" t="s">
         <v>9</v>
       </c>
       <c r="F530" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="H530" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
         <v>50540</v>
       </c>
       <c r="B531">
         <v>2023</v>
       </c>
       <c r="C531">
         <v>531</v>
       </c>
       <c r="D531" t="s">
         <v>8</v>
       </c>
       <c r="E531" t="s">
         <v>9</v>
       </c>
       <c r="F531" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="H531" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
         <v>50542</v>
       </c>
       <c r="B532">
         <v>2023</v>
       </c>
       <c r="C532">
         <v>532</v>
       </c>
       <c r="D532" t="s">
         <v>8</v>
       </c>
       <c r="E532" t="s">
         <v>9</v>
       </c>
       <c r="F532" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
       <c r="H532" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
         <v>50543</v>
       </c>
       <c r="B533">
         <v>2023</v>
       </c>
       <c r="C533">
         <v>533</v>
       </c>
       <c r="D533" t="s">
         <v>8</v>
       </c>
       <c r="E533" t="s">
         <v>9</v>
       </c>
       <c r="F533" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="H533" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
         <v>50545</v>
       </c>
       <c r="B534">
         <v>2023</v>
       </c>
       <c r="C534">
         <v>534</v>
       </c>
       <c r="D534" t="s">
         <v>8</v>
       </c>
       <c r="E534" t="s">
         <v>9</v>
       </c>
       <c r="F534" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="H534" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
         <v>50547</v>
       </c>
       <c r="B535">
         <v>2023</v>
       </c>
       <c r="C535">
         <v>535</v>
       </c>
       <c r="D535" t="s">
         <v>8</v>
       </c>
       <c r="E535" t="s">
         <v>9</v>
       </c>
       <c r="F535" t="s">
         <v>10</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="H535" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
         <v>50548</v>
       </c>
       <c r="B536">
         <v>2023</v>
       </c>
       <c r="C536">
         <v>536</v>
       </c>
       <c r="D536" t="s">
         <v>8</v>
       </c>
       <c r="E536" t="s">
         <v>9</v>
       </c>
       <c r="F536" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="H536" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
         <v>50549</v>
       </c>
       <c r="B537">
         <v>2023</v>
       </c>
       <c r="C537">
         <v>537</v>
       </c>
       <c r="D537" t="s">
         <v>8</v>
       </c>
       <c r="E537" t="s">
         <v>9</v>
       </c>
       <c r="F537" t="s">
         <v>280</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="H537" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
         <v>50550</v>
       </c>
       <c r="B538">
         <v>2023</v>
       </c>
       <c r="C538">
         <v>538</v>
       </c>
       <c r="D538" t="s">
         <v>8</v>
       </c>
       <c r="E538" t="s">
         <v>9</v>
       </c>
       <c r="F538" t="s">
         <v>253</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="H538" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
         <v>50551</v>
       </c>
       <c r="B539">
         <v>2023</v>
       </c>
       <c r="C539">
         <v>539</v>
       </c>
       <c r="D539" t="s">
         <v>8</v>
       </c>
       <c r="E539" t="s">
         <v>9</v>
       </c>
       <c r="F539" t="s">
         <v>358</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="H539" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
         <v>50552</v>
       </c>
       <c r="B540">
         <v>2023</v>
       </c>
       <c r="C540">
         <v>540</v>
       </c>
       <c r="D540" t="s">
         <v>8</v>
       </c>
       <c r="E540" t="s">
         <v>9</v>
       </c>
       <c r="F540" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="H540" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
         <v>50553</v>
       </c>
       <c r="B541">
         <v>2023</v>
       </c>
       <c r="C541">
         <v>541</v>
       </c>
       <c r="D541" t="s">
         <v>8</v>
       </c>
       <c r="E541" t="s">
         <v>9</v>
       </c>
       <c r="F541" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="H541" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
         <v>50554</v>
       </c>
       <c r="B542">
         <v>2023</v>
       </c>
       <c r="C542">
         <v>542</v>
       </c>
       <c r="D542" t="s">
         <v>8</v>
       </c>
       <c r="E542" t="s">
         <v>9</v>
       </c>
       <c r="F542" t="s">
         <v>443</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="H542" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
         <v>50555</v>
       </c>
       <c r="B543">
         <v>2023</v>
       </c>
       <c r="C543">
         <v>543</v>
       </c>
       <c r="D543" t="s">
         <v>8</v>
       </c>
       <c r="E543" t="s">
         <v>9</v>
       </c>
       <c r="F543" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="H543" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
         <v>50556</v>
       </c>
       <c r="B544">
         <v>2023</v>
       </c>
       <c r="C544">
         <v>544</v>
       </c>
       <c r="D544" t="s">
         <v>8</v>
       </c>
       <c r="E544" t="s">
         <v>9</v>
       </c>
       <c r="F544" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="H544" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
         <v>50558</v>
       </c>
       <c r="B545">
         <v>2023</v>
       </c>
       <c r="C545">
         <v>545</v>
       </c>
       <c r="D545" t="s">
         <v>8</v>
       </c>
       <c r="E545" t="s">
         <v>9</v>
       </c>
       <c r="F545" t="s">
         <v>443</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="H545" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
         <v>50559</v>
       </c>
       <c r="B546">
         <v>2023</v>
       </c>
       <c r="C546">
         <v>546</v>
       </c>
       <c r="D546" t="s">
         <v>8</v>
       </c>
       <c r="E546" t="s">
         <v>9</v>
       </c>
       <c r="F546" t="s">
         <v>87</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="H546" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
         <v>50560</v>
       </c>
       <c r="B547">
         <v>2023</v>
       </c>
       <c r="C547">
         <v>547</v>
       </c>
       <c r="D547" t="s">
         <v>8</v>
       </c>
       <c r="E547" t="s">
         <v>9</v>
       </c>
       <c r="F547" t="s">
         <v>87</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="H547" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
         <v>50561</v>
       </c>
       <c r="B548">
         <v>2023</v>
       </c>
       <c r="C548">
         <v>548</v>
       </c>
       <c r="D548" t="s">
         <v>8</v>
       </c>
       <c r="E548" t="s">
         <v>9</v>
       </c>
       <c r="F548" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="H548" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
         <v>50562</v>
       </c>
       <c r="B549">
         <v>2023</v>
       </c>
       <c r="C549">
         <v>549</v>
       </c>
       <c r="D549" t="s">
         <v>8</v>
       </c>
       <c r="E549" t="s">
         <v>9</v>
       </c>
       <c r="F549" t="s">
         <v>358</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H549" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
         <v>50563</v>
       </c>
       <c r="B550">
         <v>2023</v>
       </c>
       <c r="C550">
         <v>550</v>
       </c>
       <c r="D550" t="s">
         <v>8</v>
       </c>
       <c r="E550" t="s">
         <v>9</v>
       </c>
       <c r="F550" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="H550" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
         <v>50564</v>
       </c>
       <c r="B551">
         <v>2023</v>
       </c>
       <c r="C551">
         <v>551</v>
       </c>
       <c r="D551" t="s">
         <v>8</v>
       </c>
       <c r="E551" t="s">
         <v>9</v>
       </c>
       <c r="F551" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="H551" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
         <v>50565</v>
       </c>
       <c r="B552">
         <v>2023</v>
       </c>
       <c r="C552">
         <v>552</v>
       </c>
       <c r="D552" t="s">
         <v>8</v>
       </c>
       <c r="E552" t="s">
         <v>9</v>
       </c>
       <c r="F552" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="H552" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
         <v>50566</v>
       </c>
       <c r="B553">
         <v>2023</v>
       </c>
       <c r="C553">
         <v>553</v>
       </c>
       <c r="D553" t="s">
         <v>8</v>
       </c>
       <c r="E553" t="s">
         <v>9</v>
       </c>
       <c r="F553" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="H553" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
         <v>50567</v>
       </c>
       <c r="B554">
         <v>2023</v>
       </c>
       <c r="C554">
         <v>554</v>
       </c>
       <c r="D554" t="s">
         <v>8</v>
       </c>
       <c r="E554" t="s">
         <v>9</v>
       </c>
       <c r="F554" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="H554" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
         <v>50568</v>
       </c>
       <c r="B555">
         <v>2023</v>
       </c>
       <c r="C555">
         <v>555</v>
       </c>
       <c r="D555" t="s">
         <v>8</v>
       </c>
       <c r="E555" t="s">
         <v>9</v>
       </c>
       <c r="F555" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="H555" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
         <v>50569</v>
       </c>
       <c r="B556">
         <v>2023</v>
       </c>
       <c r="C556">
         <v>556</v>
       </c>
       <c r="D556" t="s">
         <v>8</v>
       </c>
       <c r="E556" t="s">
         <v>9</v>
       </c>
       <c r="F556" t="s">
         <v>253</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="H556" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
         <v>50570</v>
       </c>
       <c r="B557">
         <v>2023</v>
       </c>
       <c r="C557">
         <v>557</v>
       </c>
       <c r="D557" t="s">
         <v>8</v>
       </c>
       <c r="E557" t="s">
         <v>9</v>
       </c>
       <c r="F557" t="s">
         <v>452</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="H557" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
         <v>50571</v>
       </c>
       <c r="B558">
         <v>2023</v>
       </c>
       <c r="C558">
         <v>558</v>
       </c>
       <c r="D558" t="s">
         <v>8</v>
       </c>
       <c r="E558" t="s">
         <v>9</v>
       </c>
       <c r="F558" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="H558" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
         <v>50572</v>
       </c>
       <c r="B559">
         <v>2023</v>
       </c>
       <c r="C559">
         <v>559</v>
       </c>
       <c r="D559" t="s">
         <v>8</v>
       </c>
       <c r="E559" t="s">
         <v>9</v>
       </c>
       <c r="F559" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="H559" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
         <v>50573</v>
       </c>
       <c r="B560">
         <v>2023</v>
       </c>
       <c r="C560">
         <v>560</v>
       </c>
       <c r="D560" t="s">
         <v>8</v>
       </c>
       <c r="E560" t="s">
         <v>9</v>
       </c>
       <c r="F560" t="s">
         <v>292</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="H560" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
         <v>50575</v>
       </c>
       <c r="B561">
         <v>2023</v>
       </c>
       <c r="C561">
         <v>561</v>
       </c>
       <c r="D561" t="s">
         <v>8</v>
       </c>
       <c r="E561" t="s">
         <v>9</v>
       </c>
       <c r="F561" t="s">
         <v>10</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="H561" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
         <v>50577</v>
       </c>
       <c r="B562">
         <v>2023</v>
       </c>
       <c r="C562">
         <v>562</v>
       </c>
       <c r="D562" t="s">
         <v>8</v>
       </c>
       <c r="E562" t="s">
         <v>9</v>
       </c>
       <c r="F562" t="s">
         <v>10</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="H562" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
         <v>50578</v>
       </c>
       <c r="B563">
         <v>2023</v>
       </c>
       <c r="C563">
         <v>563</v>
       </c>
       <c r="D563" t="s">
         <v>8</v>
       </c>
       <c r="E563" t="s">
         <v>9</v>
       </c>
       <c r="F563" t="s">
         <v>10</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="H563" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
         <v>50580</v>
       </c>
       <c r="B564">
         <v>2023</v>
       </c>
       <c r="C564">
         <v>564</v>
       </c>
       <c r="D564" t="s">
         <v>8</v>
       </c>
       <c r="E564" t="s">
         <v>9</v>
       </c>
       <c r="F564" t="s">
         <v>10</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="H564" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
         <v>50581</v>
       </c>
       <c r="B565">
         <v>2023</v>
       </c>
       <c r="C565">
         <v>565</v>
       </c>
       <c r="D565" t="s">
         <v>8</v>
       </c>
       <c r="E565" t="s">
         <v>9</v>
       </c>
       <c r="F565" t="s">
         <v>10</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="H565" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
         <v>50582</v>
       </c>
       <c r="B566">
         <v>2023</v>
       </c>
       <c r="C566">
         <v>566</v>
       </c>
       <c r="D566" t="s">
         <v>8</v>
       </c>
       <c r="E566" t="s">
         <v>9</v>
       </c>
       <c r="F566" t="s">
         <v>10</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="H566" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
         <v>50583</v>
       </c>
       <c r="B567">
         <v>2023</v>
       </c>
       <c r="C567">
         <v>567</v>
       </c>
       <c r="D567" t="s">
         <v>8</v>
       </c>
       <c r="E567" t="s">
         <v>9</v>
       </c>
       <c r="F567" t="s">
         <v>10</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="H567" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
         <v>50584</v>
       </c>
       <c r="B568">
         <v>2023</v>
       </c>
       <c r="C568">
         <v>568</v>
       </c>
       <c r="D568" t="s">
         <v>8</v>
       </c>
       <c r="E568" t="s">
         <v>9</v>
       </c>
       <c r="F568" t="s">
         <v>10</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="H568" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
         <v>50586</v>
       </c>
       <c r="B569">
         <v>2023</v>
       </c>
       <c r="C569">
         <v>569</v>
       </c>
       <c r="D569" t="s">
         <v>8</v>
       </c>
       <c r="E569" t="s">
         <v>9</v>
       </c>
       <c r="F569" t="s">
         <v>10</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="H569" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
         <v>50587</v>
       </c>
       <c r="B570">
         <v>2023</v>
       </c>
       <c r="C570">
         <v>570</v>
       </c>
       <c r="D570" t="s">
         <v>8</v>
       </c>
       <c r="E570" t="s">
         <v>9</v>
       </c>
       <c r="F570" t="s">
         <v>10</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="H570" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
         <v>50588</v>
       </c>
       <c r="B571">
         <v>2023</v>
       </c>
       <c r="C571">
         <v>571</v>
       </c>
       <c r="D571" t="s">
         <v>8</v>
       </c>
       <c r="E571" t="s">
         <v>9</v>
       </c>
       <c r="F571" t="s">
         <v>10</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="H571" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
         <v>50589</v>
       </c>
       <c r="B572">
         <v>2023</v>
       </c>
       <c r="C572">
         <v>572</v>
       </c>
       <c r="D572" t="s">
         <v>8</v>
       </c>
       <c r="E572" t="s">
         <v>9</v>
       </c>
       <c r="F572" t="s">
         <v>10</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="H572" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
         <v>50590</v>
       </c>
       <c r="B573">
         <v>2023</v>
       </c>
       <c r="C573">
         <v>573</v>
       </c>
       <c r="D573" t="s">
         <v>8</v>
       </c>
       <c r="E573" t="s">
         <v>9</v>
       </c>
       <c r="F573" t="s">
         <v>10</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="H573" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
         <v>50591</v>
       </c>
       <c r="B574">
         <v>2023</v>
       </c>
       <c r="C574">
         <v>574</v>
       </c>
       <c r="D574" t="s">
         <v>8</v>
       </c>
       <c r="E574" t="s">
         <v>9</v>
       </c>
       <c r="F574" t="s">
         <v>10</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="H574" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
         <v>50593</v>
       </c>
       <c r="B575">
         <v>2023</v>
       </c>
       <c r="C575">
         <v>575</v>
       </c>
       <c r="D575" t="s">
         <v>8</v>
       </c>
       <c r="E575" t="s">
         <v>9</v>
       </c>
       <c r="F575" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="H575" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
         <v>50594</v>
       </c>
       <c r="B576">
         <v>2023</v>
       </c>
       <c r="C576">
         <v>576</v>
       </c>
       <c r="D576" t="s">
         <v>8</v>
       </c>
       <c r="E576" t="s">
         <v>9</v>
       </c>
       <c r="F576" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="H576" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
         <v>50595</v>
       </c>
       <c r="B577">
         <v>2023</v>
       </c>
       <c r="C577">
         <v>577</v>
       </c>
       <c r="D577" t="s">
         <v>8</v>
       </c>
       <c r="E577" t="s">
         <v>9</v>
       </c>
       <c r="F577" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="H577" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
         <v>50596</v>
       </c>
       <c r="B578">
         <v>2023</v>
       </c>
       <c r="C578">
         <v>578</v>
       </c>
       <c r="D578" t="s">
         <v>8</v>
       </c>
       <c r="E578" t="s">
         <v>9</v>
       </c>
       <c r="F578" t="s">
         <v>301</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="H578" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
         <v>50597</v>
       </c>
       <c r="B579">
         <v>2023</v>
       </c>
       <c r="C579">
         <v>579</v>
       </c>
       <c r="D579" t="s">
         <v>8</v>
       </c>
       <c r="E579" t="s">
         <v>9</v>
       </c>
       <c r="F579" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="H579" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
         <v>50598</v>
       </c>
       <c r="B580">
         <v>2023</v>
       </c>
       <c r="C580">
         <v>580</v>
       </c>
       <c r="D580" t="s">
         <v>8</v>
       </c>
       <c r="E580" t="s">
         <v>9</v>
       </c>
       <c r="F580" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="H580" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
         <v>50599</v>
       </c>
       <c r="B581">
         <v>2023</v>
       </c>
       <c r="C581">
         <v>581</v>
       </c>
       <c r="D581" t="s">
         <v>8</v>
       </c>
       <c r="E581" t="s">
         <v>9</v>
       </c>
       <c r="F581" t="s">
         <v>289</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="H581" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
         <v>50600</v>
       </c>
       <c r="B582">
         <v>2023</v>
       </c>
       <c r="C582">
         <v>582</v>
       </c>
       <c r="D582" t="s">
         <v>8</v>
       </c>
       <c r="E582" t="s">
         <v>9</v>
       </c>
       <c r="F582" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="H582" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
         <v>50601</v>
       </c>
       <c r="B583">
         <v>2023</v>
       </c>
       <c r="C583">
         <v>583</v>
       </c>
       <c r="D583" t="s">
         <v>8</v>
       </c>
       <c r="E583" t="s">
         <v>9</v>
       </c>
       <c r="F583" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="H583" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
         <v>50602</v>
       </c>
       <c r="B584">
         <v>2023</v>
       </c>
       <c r="C584">
         <v>584</v>
       </c>
       <c r="D584" t="s">
         <v>8</v>
       </c>
       <c r="E584" t="s">
         <v>9</v>
       </c>
       <c r="F584" t="s">
         <v>75</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="H584" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
         <v>50604</v>
       </c>
       <c r="B585">
         <v>2023</v>
       </c>
       <c r="C585">
         <v>585</v>
       </c>
       <c r="D585" t="s">
         <v>8</v>
       </c>
       <c r="E585" t="s">
         <v>9</v>
       </c>
       <c r="F585" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="H585" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
         <v>50605</v>
       </c>
       <c r="B586">
         <v>2023</v>
       </c>
       <c r="C586">
         <v>586</v>
       </c>
       <c r="D586" t="s">
         <v>8</v>
       </c>
       <c r="E586" t="s">
         <v>9</v>
       </c>
       <c r="F586" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="H586" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
         <v>50617</v>
       </c>
       <c r="B587">
         <v>2023</v>
       </c>
       <c r="C587">
         <v>587</v>
       </c>
       <c r="D587" t="s">
         <v>8</v>
       </c>
       <c r="E587" t="s">
         <v>9</v>
       </c>
       <c r="F587" t="s">
         <v>253</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="H587" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
         <v>50607</v>
       </c>
       <c r="B588">
         <v>2023</v>
       </c>
       <c r="C588">
         <v>588</v>
       </c>
       <c r="D588" t="s">
         <v>8</v>
       </c>
       <c r="E588" t="s">
         <v>9</v>
       </c>
       <c r="F588" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="H588" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
         <v>50610</v>
       </c>
       <c r="B589">
         <v>2023</v>
       </c>
       <c r="C589">
         <v>589</v>
       </c>
       <c r="D589" t="s">
         <v>8</v>
       </c>
       <c r="E589" t="s">
         <v>9</v>
       </c>
       <c r="F589" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H589" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
         <v>50611</v>
       </c>
       <c r="B590">
         <v>2023</v>
       </c>
       <c r="C590">
         <v>590</v>
       </c>
       <c r="D590" t="s">
         <v>8</v>
       </c>
       <c r="E590" t="s">
         <v>9</v>
       </c>
       <c r="F590" t="s">
         <v>72</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="H590" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
         <v>50612</v>
       </c>
       <c r="B591">
         <v>2023</v>
       </c>
       <c r="C591">
         <v>591</v>
       </c>
       <c r="D591" t="s">
         <v>8</v>
       </c>
       <c r="E591" t="s">
         <v>9</v>
       </c>
       <c r="F591" t="s">
         <v>253</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="H591" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
         <v>50613</v>
       </c>
       <c r="B592">
         <v>2023</v>
       </c>
       <c r="C592">
         <v>592</v>
       </c>
       <c r="D592" t="s">
         <v>8</v>
       </c>
       <c r="E592" t="s">
         <v>9</v>
       </c>
       <c r="F592" t="s">
         <v>253</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="H592" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
         <v>50615</v>
       </c>
       <c r="B593">
         <v>2023</v>
       </c>
       <c r="C593">
         <v>593</v>
       </c>
       <c r="D593" t="s">
         <v>8</v>
       </c>
       <c r="E593" t="s">
         <v>9</v>
       </c>
       <c r="F593" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="H593" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
         <v>50618</v>
       </c>
       <c r="B594">
         <v>2023</v>
       </c>
       <c r="C594">
         <v>594</v>
       </c>
       <c r="D594" t="s">
         <v>8</v>
       </c>
       <c r="E594" t="s">
         <v>9</v>
       </c>
       <c r="F594" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="H594" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
         <v>50619</v>
       </c>
       <c r="B595">
         <v>2023</v>
       </c>
       <c r="C595">
         <v>595</v>
       </c>
       <c r="D595" t="s">
         <v>8</v>
       </c>
       <c r="E595" t="s">
         <v>9</v>
       </c>
       <c r="F595" t="s">
         <v>292</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="H595" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
         <v>50620</v>
       </c>
       <c r="B596">
         <v>2023</v>
       </c>
       <c r="C596">
         <v>596</v>
       </c>
       <c r="D596" t="s">
         <v>8</v>
       </c>
       <c r="E596" t="s">
         <v>9</v>
       </c>
       <c r="F596" t="s">
         <v>292</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="H596" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
         <v>50621</v>
       </c>
       <c r="B597">
         <v>2023</v>
       </c>
       <c r="C597">
         <v>597</v>
       </c>
       <c r="D597" t="s">
         <v>8</v>
       </c>
       <c r="E597" t="s">
         <v>9</v>
       </c>
       <c r="F597" t="s">
         <v>443</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="H597" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
         <v>50622</v>
       </c>
       <c r="B598">
         <v>2023</v>
       </c>
       <c r="C598">
         <v>598</v>
       </c>
       <c r="D598" t="s">
         <v>8</v>
       </c>
       <c r="E598" t="s">
         <v>9</v>
       </c>
       <c r="F598" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="H598" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
         <v>50623</v>
       </c>
       <c r="B599">
         <v>2023</v>
       </c>
       <c r="C599">
         <v>599</v>
       </c>
       <c r="D599" t="s">
         <v>8</v>
       </c>
       <c r="E599" t="s">
         <v>9</v>
       </c>
       <c r="F599" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="H599" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
         <v>50625</v>
       </c>
       <c r="B600">
         <v>2023</v>
       </c>
       <c r="C600">
         <v>600</v>
       </c>
       <c r="D600" t="s">
         <v>8</v>
       </c>
       <c r="E600" t="s">
         <v>9</v>
       </c>
       <c r="F600" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="H600" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
         <v>50626</v>
       </c>
       <c r="B601">
         <v>2023</v>
       </c>
       <c r="C601">
         <v>601</v>
       </c>
       <c r="D601" t="s">
         <v>8</v>
       </c>
       <c r="E601" t="s">
         <v>9</v>
       </c>
       <c r="F601" t="s">
         <v>87</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="H601" t="s">
-        <v>1500</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
         <v>50627</v>
       </c>
       <c r="B602">
         <v>2023</v>
       </c>
       <c r="C602">
         <v>602</v>
       </c>
       <c r="D602" t="s">
         <v>8</v>
       </c>
       <c r="E602" t="s">
         <v>9</v>
       </c>
       <c r="F602" t="s">
         <v>253</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="H602" t="s">
-        <v>1502</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
         <v>50628</v>
       </c>
       <c r="B603">
         <v>2023</v>
       </c>
       <c r="C603">
         <v>603</v>
       </c>
       <c r="D603" t="s">
         <v>8</v>
       </c>
       <c r="E603" t="s">
         <v>9</v>
       </c>
       <c r="F603" t="s">
         <v>10</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1503</v>
+        <v>1506</v>
       </c>
       <c r="H603" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
         <v>50629</v>
       </c>
       <c r="B604">
         <v>2023</v>
       </c>
       <c r="C604">
         <v>604</v>
       </c>
       <c r="D604" t="s">
         <v>8</v>
       </c>
       <c r="E604" t="s">
         <v>9</v>
       </c>
       <c r="F604" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="H604" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
         <v>50630</v>
       </c>
       <c r="B605">
         <v>2023</v>
       </c>
       <c r="C605">
         <v>605</v>
       </c>
       <c r="D605" t="s">
         <v>8</v>
       </c>
       <c r="E605" t="s">
         <v>9</v>
       </c>
       <c r="F605" t="s">
         <v>123</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="H605" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
         <v>50631</v>
       </c>
       <c r="B606">
         <v>2023</v>
       </c>
       <c r="C606">
         <v>606</v>
       </c>
       <c r="D606" t="s">
         <v>8</v>
       </c>
       <c r="E606" t="s">
         <v>9</v>
       </c>
       <c r="F606" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="H606" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
         <v>50632</v>
       </c>
       <c r="B607">
         <v>2023</v>
       </c>
       <c r="C607">
         <v>607</v>
       </c>
       <c r="D607" t="s">
         <v>8</v>
       </c>
       <c r="E607" t="s">
         <v>9</v>
       </c>
       <c r="F607" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="H607" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
         <v>50633</v>
       </c>
       <c r="B608">
         <v>2023</v>
       </c>
       <c r="C608">
         <v>608</v>
       </c>
       <c r="D608" t="s">
         <v>8</v>
       </c>
       <c r="E608" t="s">
         <v>9</v>
       </c>
       <c r="F608" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="H608" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
         <v>50634</v>
       </c>
       <c r="B609">
         <v>2023</v>
       </c>
       <c r="C609">
         <v>609</v>
       </c>
       <c r="D609" t="s">
         <v>8</v>
       </c>
       <c r="E609" t="s">
         <v>9</v>
       </c>
       <c r="F609" t="s">
         <v>72</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="H609" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
         <v>50635</v>
       </c>
       <c r="B610">
         <v>2023</v>
       </c>
       <c r="C610">
         <v>610</v>
       </c>
       <c r="D610" t="s">
         <v>8</v>
       </c>
       <c r="E610" t="s">
         <v>9</v>
       </c>
       <c r="F610" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="H610" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
         <v>50636</v>
       </c>
       <c r="B611">
         <v>2023</v>
       </c>
       <c r="C611">
         <v>611</v>
       </c>
       <c r="D611" t="s">
         <v>8</v>
       </c>
       <c r="E611" t="s">
         <v>9</v>
       </c>
       <c r="F611" t="s">
         <v>283</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="H611" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
         <v>50637</v>
       </c>
       <c r="B612">
         <v>2023</v>
       </c>
       <c r="C612">
         <v>612</v>
       </c>
       <c r="D612" t="s">
         <v>8</v>
       </c>
       <c r="E612" t="s">
         <v>9</v>
       </c>
       <c r="F612" t="s">
         <v>283</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
       <c r="H612" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
         <v>50638</v>
       </c>
       <c r="B613">
         <v>2023</v>
       </c>
       <c r="C613">
         <v>613</v>
       </c>
       <c r="D613" t="s">
         <v>8</v>
       </c>
       <c r="E613" t="s">
         <v>9</v>
       </c>
       <c r="F613" t="s">
         <v>283</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="H613" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
         <v>50639</v>
       </c>
       <c r="B614">
         <v>2023</v>
       </c>
       <c r="C614">
         <v>614</v>
       </c>
       <c r="D614" t="s">
         <v>8</v>
       </c>
       <c r="E614" t="s">
         <v>9</v>
       </c>
       <c r="F614" t="s">
         <v>283</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="H614" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
         <v>50640</v>
       </c>
       <c r="B615">
         <v>2023</v>
       </c>
       <c r="C615">
         <v>615</v>
       </c>
       <c r="D615" t="s">
         <v>8</v>
       </c>
       <c r="E615" t="s">
         <v>9</v>
       </c>
       <c r="F615" t="s">
         <v>283</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="H615" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
         <v>50641</v>
       </c>
       <c r="B616">
         <v>2023</v>
       </c>
       <c r="C616">
         <v>616</v>
       </c>
       <c r="D616" t="s">
         <v>8</v>
       </c>
       <c r="E616" t="s">
         <v>9</v>
       </c>
       <c r="F616" t="s">
         <v>283</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="H616" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617">
         <v>50643</v>
       </c>
       <c r="B617">
         <v>2023</v>
       </c>
       <c r="C617">
         <v>617</v>
       </c>
       <c r="D617" t="s">
         <v>8</v>
       </c>
       <c r="E617" t="s">
         <v>9</v>
       </c>
       <c r="F617" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="H617" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618">
         <v>50645</v>
       </c>
       <c r="B618">
         <v>2023</v>
       </c>
       <c r="C618">
         <v>618</v>
       </c>
       <c r="D618" t="s">
         <v>8</v>
       </c>
       <c r="E618" t="s">
         <v>9</v>
       </c>
       <c r="F618" t="s">
         <v>10</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="H618" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619">
         <v>50646</v>
       </c>
       <c r="B619">
         <v>2023</v>
       </c>
       <c r="C619">
         <v>619</v>
       </c>
       <c r="D619" t="s">
         <v>8</v>
       </c>
       <c r="E619" t="s">
         <v>9</v>
       </c>
       <c r="F619" t="s">
         <v>10</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="H619" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
         <v>50647</v>
       </c>
       <c r="B620">
         <v>2023</v>
       </c>
       <c r="C620">
         <v>620</v>
       </c>
       <c r="D620" t="s">
         <v>8</v>
       </c>
       <c r="E620" t="s">
         <v>9</v>
       </c>
       <c r="F620" t="s">
         <v>10</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="H620" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
         <v>50648</v>
       </c>
       <c r="B621">
         <v>2023</v>
       </c>
       <c r="C621">
         <v>621</v>
       </c>
       <c r="D621" t="s">
         <v>8</v>
       </c>
       <c r="E621" t="s">
         <v>9</v>
       </c>
       <c r="F621" t="s">
         <v>10</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="H621" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
         <v>50650</v>
       </c>
       <c r="B622">
         <v>2023</v>
       </c>
       <c r="C622">
         <v>622</v>
       </c>
       <c r="D622" t="s">
         <v>8</v>
       </c>
       <c r="E622" t="s">
         <v>9</v>
       </c>
       <c r="F622" t="s">
         <v>452</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="H622" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
         <v>50651</v>
       </c>
       <c r="B623">
         <v>2023</v>
       </c>
       <c r="C623">
         <v>623</v>
       </c>
       <c r="D623" t="s">
         <v>8</v>
       </c>
       <c r="E623" t="s">
         <v>9</v>
       </c>
       <c r="F623" t="s">
         <v>452</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="H623" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
         <v>50652</v>
       </c>
       <c r="B624">
         <v>2023</v>
       </c>
       <c r="C624">
         <v>624</v>
       </c>
       <c r="D624" t="s">
         <v>8</v>
       </c>
       <c r="E624" t="s">
         <v>9</v>
       </c>
       <c r="F624" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="H624" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
         <v>50653</v>
       </c>
       <c r="B625">
         <v>2023</v>
       </c>
       <c r="C625">
         <v>625</v>
       </c>
       <c r="D625" t="s">
         <v>8</v>
       </c>
       <c r="E625" t="s">
         <v>9</v>
       </c>
       <c r="F625" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="H625" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
         <v>50655</v>
       </c>
       <c r="B626">
         <v>2023</v>
       </c>
       <c r="C626">
         <v>626</v>
       </c>
       <c r="D626" t="s">
         <v>8</v>
       </c>
       <c r="E626" t="s">
         <v>9</v>
       </c>
       <c r="F626" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="H626" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
         <v>50656</v>
       </c>
       <c r="B627">
         <v>2023</v>
       </c>
       <c r="C627">
         <v>627</v>
       </c>
       <c r="D627" t="s">
         <v>8</v>
       </c>
       <c r="E627" t="s">
         <v>9</v>
       </c>
       <c r="F627" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="H627" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
         <v>50657</v>
       </c>
       <c r="B628">
         <v>2023</v>
       </c>
       <c r="C628">
         <v>628</v>
       </c>
       <c r="D628" t="s">
         <v>8</v>
       </c>
       <c r="E628" t="s">
         <v>9</v>
       </c>
       <c r="F628" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="H628" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
         <v>50658</v>
       </c>
       <c r="B629">
         <v>2023</v>
       </c>
       <c r="C629">
         <v>629</v>
       </c>
       <c r="D629" t="s">
         <v>8</v>
       </c>
       <c r="E629" t="s">
         <v>9</v>
       </c>
       <c r="F629" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="H629" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
         <v>50661</v>
       </c>
       <c r="B630">
         <v>2023</v>
       </c>
       <c r="C630">
         <v>630</v>
       </c>
       <c r="D630" t="s">
         <v>8</v>
       </c>
       <c r="E630" t="s">
         <v>9</v>
       </c>
       <c r="F630" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="H630" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
         <v>50662</v>
       </c>
       <c r="B631">
         <v>2023</v>
       </c>
       <c r="C631">
         <v>631</v>
       </c>
       <c r="D631" t="s">
         <v>8</v>
       </c>
       <c r="E631" t="s">
         <v>9</v>
       </c>
       <c r="F631" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="H631" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
         <v>50663</v>
       </c>
       <c r="B632">
         <v>2023</v>
       </c>
       <c r="C632">
         <v>632</v>
       </c>
       <c r="D632" t="s">
         <v>8</v>
       </c>
       <c r="E632" t="s">
         <v>9</v>
       </c>
       <c r="F632" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="H632" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
         <v>50665</v>
       </c>
       <c r="B633">
         <v>2023</v>
       </c>
       <c r="C633">
         <v>633</v>
       </c>
       <c r="D633" t="s">
         <v>8</v>
       </c>
       <c r="E633" t="s">
         <v>9</v>
       </c>
       <c r="F633" t="s">
         <v>452</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="H633" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
         <v>50666</v>
       </c>
       <c r="B634">
         <v>2023</v>
       </c>
       <c r="C634">
         <v>634</v>
       </c>
       <c r="D634" t="s">
         <v>8</v>
       </c>
       <c r="E634" t="s">
         <v>9</v>
       </c>
       <c r="F634" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="H634" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
         <v>50667</v>
       </c>
       <c r="B635">
         <v>2023</v>
       </c>
       <c r="C635">
         <v>635</v>
       </c>
       <c r="D635" t="s">
         <v>8</v>
       </c>
       <c r="E635" t="s">
         <v>9</v>
       </c>
       <c r="F635" t="s">
         <v>489</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="H635" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
         <v>50668</v>
       </c>
       <c r="B636">
         <v>2023</v>
       </c>
       <c r="C636">
         <v>636</v>
       </c>
       <c r="D636" t="s">
         <v>8</v>
       </c>
       <c r="E636" t="s">
         <v>9</v>
       </c>
       <c r="F636" t="s">
         <v>265</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="H636" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
         <v>50669</v>
       </c>
       <c r="B637">
         <v>2023</v>
       </c>
       <c r="C637">
         <v>637</v>
       </c>
       <c r="D637" t="s">
         <v>8</v>
       </c>
       <c r="E637" t="s">
         <v>9</v>
       </c>
       <c r="F637" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="H637" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
         <v>50671</v>
       </c>
       <c r="B638">
         <v>2023</v>
       </c>
       <c r="C638">
         <v>638</v>
       </c>
       <c r="D638" t="s">
         <v>8</v>
       </c>
       <c r="E638" t="s">
         <v>9</v>
       </c>
       <c r="F638" t="s">
         <v>301</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="H638" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
         <v>50673</v>
       </c>
       <c r="B639">
         <v>2023</v>
       </c>
       <c r="C639">
         <v>639</v>
       </c>
       <c r="D639" t="s">
         <v>8</v>
       </c>
       <c r="E639" t="s">
         <v>9</v>
       </c>
       <c r="F639" t="s">
         <v>292</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="H639" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
         <v>50675</v>
       </c>
       <c r="B640">
         <v>2023</v>
       </c>
       <c r="C640">
         <v>640</v>
       </c>
       <c r="D640" t="s">
         <v>8</v>
       </c>
       <c r="E640" t="s">
         <v>9</v>
       </c>
       <c r="F640" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="H640" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
         <v>50676</v>
       </c>
       <c r="B641">
         <v>2023</v>
       </c>
       <c r="C641">
         <v>641</v>
       </c>
       <c r="D641" t="s">
         <v>8</v>
       </c>
       <c r="E641" t="s">
         <v>9</v>
       </c>
       <c r="F641" t="s">
         <v>489</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="H641" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
         <v>50677</v>
       </c>
       <c r="B642">
         <v>2023</v>
       </c>
       <c r="C642">
         <v>642</v>
       </c>
       <c r="D642" t="s">
         <v>8</v>
       </c>
       <c r="E642" t="s">
         <v>9</v>
       </c>
       <c r="F642" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="H642" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
         <v>50678</v>
       </c>
       <c r="B643">
         <v>2023</v>
       </c>
       <c r="C643">
         <v>643</v>
       </c>
       <c r="D643" t="s">
         <v>8</v>
       </c>
       <c r="E643" t="s">
         <v>9</v>
       </c>
       <c r="F643" t="s">
         <v>10</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="H643" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
         <v>50679</v>
       </c>
       <c r="B644">
         <v>2023</v>
       </c>
       <c r="C644">
         <v>644</v>
       </c>
       <c r="D644" t="s">
         <v>8</v>
       </c>
       <c r="E644" t="s">
         <v>9</v>
       </c>
       <c r="F644" t="s">
         <v>10</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="H644" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
         <v>50682</v>
       </c>
       <c r="B645">
         <v>2023</v>
       </c>
       <c r="C645">
         <v>645</v>
       </c>
       <c r="D645" t="s">
         <v>8</v>
       </c>
       <c r="E645" t="s">
         <v>9</v>
       </c>
       <c r="F645" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="H645" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
         <v>50683</v>
       </c>
       <c r="B646">
         <v>2023</v>
       </c>
       <c r="C646">
         <v>646</v>
       </c>
       <c r="D646" t="s">
         <v>8</v>
       </c>
       <c r="E646" t="s">
         <v>9</v>
       </c>
       <c r="F646" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H646" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
         <v>50684</v>
       </c>
       <c r="B647">
         <v>2023</v>
       </c>
       <c r="C647">
         <v>647</v>
       </c>
       <c r="D647" t="s">
         <v>8</v>
       </c>
       <c r="E647" t="s">
         <v>9</v>
       </c>
       <c r="F647" t="s">
         <v>10</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="H647" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
         <v>50685</v>
       </c>
       <c r="B648">
         <v>2023</v>
       </c>
       <c r="C648">
         <v>648</v>
       </c>
       <c r="D648" t="s">
         <v>8</v>
       </c>
       <c r="E648" t="s">
         <v>9</v>
       </c>
       <c r="F648" t="s">
         <v>10</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="H648" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
         <v>50686</v>
       </c>
       <c r="B649">
         <v>2023</v>
       </c>
       <c r="C649">
         <v>649</v>
       </c>
       <c r="D649" t="s">
         <v>8</v>
       </c>
       <c r="E649" t="s">
         <v>9</v>
       </c>
       <c r="F649" t="s">
         <v>10</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="H649" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
         <v>50687</v>
       </c>
       <c r="B650">
         <v>2023</v>
       </c>
       <c r="C650">
         <v>650</v>
       </c>
       <c r="D650" t="s">
         <v>8</v>
       </c>
       <c r="E650" t="s">
         <v>9</v>
       </c>
       <c r="F650" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="H650" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651">
         <v>50688</v>
       </c>
       <c r="B651">
         <v>2023</v>
       </c>
       <c r="C651">
         <v>651</v>
       </c>
       <c r="D651" t="s">
         <v>8</v>
       </c>
       <c r="E651" t="s">
         <v>9</v>
       </c>
       <c r="F651" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="H651" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
         <v>50689</v>
       </c>
       <c r="B652">
         <v>2023</v>
       </c>
       <c r="C652">
         <v>652</v>
       </c>
       <c r="D652" t="s">
         <v>8</v>
       </c>
       <c r="E652" t="s">
         <v>9</v>
       </c>
       <c r="F652" t="s">
         <v>10</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="H652" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
         <v>50690</v>
       </c>
       <c r="B653">
         <v>2023</v>
       </c>
       <c r="C653">
         <v>653</v>
       </c>
       <c r="D653" t="s">
         <v>8</v>
       </c>
       <c r="E653" t="s">
         <v>9</v>
       </c>
       <c r="F653" t="s">
         <v>10</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="H653" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
         <v>49914</v>
       </c>
       <c r="B654">
         <v>2023</v>
       </c>
       <c r="C654">
         <v>1</v>
       </c>
       <c r="D654" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E654" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F654" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="H654" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
         <v>49918</v>
       </c>
       <c r="B655">
         <v>2023</v>
       </c>
       <c r="C655">
         <v>2</v>
       </c>
       <c r="D655" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E655" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F655" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="H655" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
         <v>49954</v>
       </c>
       <c r="B656">
         <v>2023</v>
       </c>
       <c r="C656">
         <v>3</v>
       </c>
       <c r="D656" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E656" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F656" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="H656" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
         <v>49969</v>
       </c>
       <c r="B657">
         <v>2023</v>
       </c>
       <c r="C657">
         <v>4</v>
       </c>
       <c r="D657" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E657" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F657" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="H657" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
         <v>49980</v>
       </c>
       <c r="B658">
         <v>2023</v>
       </c>
       <c r="C658">
         <v>5</v>
       </c>
       <c r="D658" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E658" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F658" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="H658" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
         <v>50014</v>
       </c>
       <c r="B659">
         <v>2023</v>
       </c>
       <c r="C659">
         <v>6</v>
       </c>
       <c r="D659" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E659" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F659" t="s">
         <v>72</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="H659" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
         <v>50037</v>
       </c>
       <c r="B660">
         <v>2023</v>
       </c>
       <c r="C660">
         <v>7</v>
       </c>
       <c r="D660" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E660" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F660" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="H660" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
         <v>50040</v>
       </c>
       <c r="B661">
         <v>2023</v>
       </c>
       <c r="C661">
         <v>8</v>
       </c>
       <c r="D661" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E661" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F661" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="H661" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
         <v>50062</v>
       </c>
       <c r="B662">
         <v>2023</v>
       </c>
       <c r="C662">
         <v>9</v>
       </c>
       <c r="D662" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E662" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F662" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="H662" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
         <v>50085</v>
       </c>
       <c r="B663">
         <v>2023</v>
       </c>
       <c r="C663">
         <v>10</v>
       </c>
       <c r="D663" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E663" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F663" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="H663" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
         <v>50086</v>
       </c>
       <c r="B664">
         <v>2023</v>
       </c>
       <c r="C664">
         <v>11</v>
       </c>
       <c r="D664" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E664" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F664" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="H664" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
         <v>50135</v>
       </c>
       <c r="B665">
         <v>2023</v>
       </c>
       <c r="C665">
         <v>12</v>
       </c>
       <c r="D665" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E665" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F665" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="H665" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
         <v>50199</v>
       </c>
       <c r="B666">
         <v>2023</v>
       </c>
       <c r="C666">
         <v>13</v>
       </c>
       <c r="D666" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E666" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F666" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="H666" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
         <v>50298</v>
       </c>
       <c r="B667">
         <v>2023</v>
       </c>
       <c r="C667">
         <v>14</v>
       </c>
       <c r="D667" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E667" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F667" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="H667" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
         <v>50302</v>
       </c>
       <c r="B668">
         <v>2023</v>
       </c>
       <c r="C668">
         <v>15</v>
       </c>
       <c r="D668" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E668" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F668" t="s">
         <v>265</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="H668" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
         <v>50313</v>
       </c>
       <c r="B669">
         <v>2023</v>
       </c>
       <c r="C669">
         <v>16</v>
       </c>
       <c r="D669" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E669" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F669" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="H669" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
         <v>50333</v>
       </c>
       <c r="B670">
         <v>2023</v>
       </c>
       <c r="C670">
         <v>17</v>
       </c>
       <c r="D670" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E670" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F670" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="H670" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
         <v>50344</v>
       </c>
       <c r="B671">
         <v>2023</v>
       </c>
       <c r="C671">
         <v>18</v>
       </c>
       <c r="D671" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E671" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F671" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="H671" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
         <v>50468</v>
       </c>
       <c r="B672">
         <v>2023</v>
       </c>
       <c r="C672">
         <v>19</v>
       </c>
       <c r="D672" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E672" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F672" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="H672" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
         <v>50544</v>
       </c>
       <c r="B673">
         <v>2023</v>
       </c>
       <c r="C673">
         <v>20</v>
       </c>
       <c r="D673" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E673" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F673" t="s">
         <v>292</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="H673" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
         <v>50608</v>
       </c>
       <c r="B674">
         <v>2023</v>
       </c>
       <c r="C674">
         <v>21</v>
       </c>
       <c r="D674" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E674" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F674" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="H674" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
         <v>50614</v>
       </c>
       <c r="B675">
         <v>2023</v>
       </c>
       <c r="C675">
         <v>22</v>
       </c>
       <c r="D675" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E675" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F675" t="s">
         <v>452</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="H675" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
         <v>50616</v>
       </c>
       <c r="B676">
         <v>2023</v>
       </c>
       <c r="C676">
         <v>23</v>
       </c>
       <c r="D676" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E676" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F676" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="H676" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
         <v>50624</v>
       </c>
       <c r="B677">
         <v>2023</v>
       </c>
       <c r="C677">
         <v>24</v>
       </c>
       <c r="D677" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E677" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F677" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="H677" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
         <v>50642</v>
       </c>
       <c r="B678">
         <v>2023</v>
       </c>
       <c r="C678">
         <v>25</v>
       </c>
       <c r="D678" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E678" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F678" t="s">
         <v>153</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="H678" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
         <v>50649</v>
       </c>
       <c r="B679">
         <v>2023</v>
       </c>
       <c r="C679">
         <v>26</v>
       </c>
       <c r="D679" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="E679" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F679" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="H679" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
         <v>49995</v>
       </c>
       <c r="B680">
         <v>2023</v>
       </c>
       <c r="C680">
         <v>1</v>
       </c>
       <c r="D680" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E680" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F680" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="H680" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
         <v>50094</v>
       </c>
       <c r="B681">
         <v>2023</v>
       </c>
       <c r="C681">
         <v>2</v>
       </c>
       <c r="D681" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E681" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F681" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="H681" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
         <v>50111</v>
       </c>
       <c r="B682">
         <v>2023</v>
       </c>
       <c r="C682">
         <v>3</v>
       </c>
       <c r="D682" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E682" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F682" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="H682" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
         <v>50170</v>
       </c>
       <c r="B683">
         <v>2023</v>
       </c>
       <c r="C683">
         <v>4</v>
       </c>
       <c r="D683" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E683" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F683" t="s">
         <v>81</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="H683" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
         <v>50173</v>
       </c>
       <c r="B684">
         <v>2023</v>
       </c>
       <c r="C684">
         <v>5</v>
       </c>
       <c r="D684" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E684" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F684" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="H684" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
         <v>50329</v>
       </c>
       <c r="B685">
         <v>2023</v>
       </c>
       <c r="C685">
         <v>6</v>
       </c>
       <c r="D685" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E685" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F685" t="s">
         <v>22</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="H685" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
         <v>50340</v>
       </c>
       <c r="B686">
         <v>2023</v>
       </c>
       <c r="C686">
         <v>7</v>
       </c>
       <c r="D686" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E686" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F686" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="H686" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
         <v>50349</v>
       </c>
       <c r="B687">
         <v>2023</v>
       </c>
       <c r="C687">
         <v>8</v>
       </c>
       <c r="D687" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E687" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F687" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="H687" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
         <v>50379</v>
       </c>
       <c r="B688">
         <v>2023</v>
       </c>
       <c r="C688">
         <v>9</v>
       </c>
       <c r="D688" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E688" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F688" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="H688" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689">
         <v>50409</v>
       </c>
       <c r="B689">
         <v>2023</v>
       </c>
       <c r="C689">
         <v>10</v>
       </c>
       <c r="D689" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E689" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F689" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="H689" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690">
         <v>49921</v>
       </c>
       <c r="B690">
         <v>2023</v>
       </c>
       <c r="C690">
         <v>1</v>
       </c>
       <c r="D690" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E690" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F690" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="H690" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691">
         <v>49922</v>
       </c>
       <c r="B691">
         <v>2023</v>
       </c>
       <c r="C691">
         <v>2</v>
       </c>
       <c r="D691" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E691" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F691" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="H691" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692">
         <v>49929</v>
       </c>
       <c r="B692">
         <v>2023</v>
       </c>
       <c r="C692">
         <v>3</v>
       </c>
       <c r="D692" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E692" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F692" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="H692" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693">
         <v>49968</v>
       </c>
       <c r="B693">
         <v>2023</v>
       </c>
       <c r="C693">
         <v>4</v>
       </c>
       <c r="D693" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E693" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F693" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="H693" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694">
         <v>49981</v>
       </c>
       <c r="B694">
         <v>2023</v>
       </c>
       <c r="C694">
         <v>5</v>
       </c>
       <c r="D694" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E694" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F694" t="s">
         <v>452</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="H694" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695">
         <v>50026</v>
       </c>
       <c r="B695">
         <v>2023</v>
       </c>
       <c r="C695">
         <v>6</v>
       </c>
       <c r="D695" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E695" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F695" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="H695" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696">
         <v>50046</v>
       </c>
       <c r="B696">
         <v>2023</v>
       </c>
       <c r="C696">
         <v>7</v>
       </c>
       <c r="D696" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E696" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F696" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="H696" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697">
         <v>50047</v>
       </c>
       <c r="B697">
         <v>2023</v>
       </c>
       <c r="C697">
         <v>8</v>
       </c>
       <c r="D697" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E697" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F697" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="H697" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698">
         <v>50054</v>
       </c>
       <c r="B698">
         <v>2023</v>
       </c>
       <c r="C698">
         <v>9</v>
       </c>
       <c r="D698" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E698" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F698" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="H698" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699">
         <v>50090</v>
       </c>
       <c r="B699">
         <v>2023</v>
       </c>
       <c r="C699">
         <v>10</v>
       </c>
       <c r="D699" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E699" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F699" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="H699" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700">
         <v>50127</v>
       </c>
       <c r="B700">
         <v>2023</v>
       </c>
       <c r="C700">
         <v>11</v>
       </c>
       <c r="D700" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E700" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F700" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="H700" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701">
         <v>50133</v>
       </c>
       <c r="B701">
         <v>2023</v>
       </c>
       <c r="C701">
         <v>12</v>
       </c>
       <c r="D701" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E701" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F701" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="H701" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702">
         <v>50155</v>
       </c>
       <c r="B702">
         <v>2023</v>
       </c>
       <c r="C702">
         <v>13</v>
       </c>
       <c r="D702" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E702" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F702" t="s">
         <v>87</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="H702" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703">
         <v>50158</v>
       </c>
       <c r="B703">
         <v>2023</v>
       </c>
       <c r="C703">
         <v>14</v>
       </c>
       <c r="D703" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E703" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F703" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="H703" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704">
         <v>50172</v>
       </c>
       <c r="B704">
         <v>2023</v>
       </c>
       <c r="C704">
         <v>15</v>
       </c>
       <c r="D704" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E704" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F704" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="H704" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705">
         <v>50176</v>
       </c>
       <c r="B705">
         <v>2023</v>
       </c>
       <c r="C705">
         <v>16</v>
       </c>
       <c r="D705" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E705" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F705" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="H705" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706">
         <v>50177</v>
       </c>
       <c r="B706">
         <v>2023</v>
       </c>
       <c r="C706">
         <v>17</v>
       </c>
       <c r="D706" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E706" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F706" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="H706" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707">
         <v>50254</v>
       </c>
       <c r="B707">
         <v>2023</v>
       </c>
       <c r="C707">
         <v>18</v>
       </c>
       <c r="D707" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E707" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F707" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="H707" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708">
         <v>50281</v>
       </c>
       <c r="B708">
         <v>2023</v>
       </c>
       <c r="C708">
         <v>19</v>
       </c>
       <c r="D708" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E708" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F708" t="s">
         <v>22</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="H708" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709">
         <v>50348</v>
       </c>
       <c r="B709">
         <v>2023</v>
       </c>
       <c r="C709">
         <v>20</v>
       </c>
       <c r="D709" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E709" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F709" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="H709" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710">
         <v>50352</v>
       </c>
       <c r="B710">
         <v>2023</v>
       </c>
       <c r="C710">
         <v>21</v>
       </c>
       <c r="D710" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E710" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F710" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="H710" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711">
         <v>50355</v>
       </c>
       <c r="B711">
         <v>2023</v>
       </c>
       <c r="C711">
         <v>22</v>
       </c>
       <c r="D711" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E711" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F711" t="s">
         <v>111</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="H711" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712">
         <v>50360</v>
       </c>
       <c r="B712">
         <v>2023</v>
       </c>
       <c r="C712">
         <v>23</v>
       </c>
       <c r="D712" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E712" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F712" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="H712" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713">
         <v>50403</v>
       </c>
       <c r="B713">
         <v>2023</v>
       </c>
       <c r="C713">
         <v>24</v>
       </c>
       <c r="D713" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E713" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F713" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="H713" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714">
         <v>50414</v>
       </c>
       <c r="B714">
         <v>2023</v>
       </c>
       <c r="C714">
         <v>25</v>
       </c>
       <c r="D714" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E714" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F714" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="H714" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715">
         <v>50440</v>
       </c>
       <c r="B715">
         <v>2023</v>
       </c>
       <c r="C715">
         <v>26</v>
       </c>
       <c r="D715" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E715" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F715" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="H715" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716">
         <v>50443</v>
       </c>
       <c r="B716">
         <v>2023</v>
       </c>
       <c r="C716">
         <v>27</v>
       </c>
       <c r="D716" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E716" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F716" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="H716" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717">
         <v>50464</v>
       </c>
       <c r="B717">
         <v>2023</v>
       </c>
       <c r="C717">
         <v>28</v>
       </c>
       <c r="D717" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E717" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F717" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="H717" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718">
         <v>50487</v>
       </c>
       <c r="B718">
         <v>2023</v>
       </c>
       <c r="C718">
         <v>29</v>
       </c>
       <c r="D718" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E718" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F718" t="s">
         <v>16</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H718" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719">
         <v>50510</v>
       </c>
       <c r="B719">
         <v>2023</v>
       </c>
       <c r="C719">
         <v>30</v>
       </c>
       <c r="D719" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E719" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F719" t="s">
         <v>443</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="H719" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720">
         <v>50557</v>
       </c>
       <c r="B720">
         <v>2023</v>
       </c>
       <c r="C720">
         <v>31</v>
       </c>
       <c r="D720" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E720" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F720" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="H720" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721">
         <v>50603</v>
       </c>
       <c r="B721">
         <v>2023</v>
       </c>
       <c r="C721">
         <v>32</v>
       </c>
       <c r="D721" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E721" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F721" t="s">
         <v>301</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="H721" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722">
         <v>50609</v>
       </c>
       <c r="B722">
         <v>2023</v>
       </c>
       <c r="C722">
         <v>33</v>
       </c>
       <c r="D722" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E722" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F722" t="s">
         <v>292</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="H722" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723">
         <v>50654</v>
       </c>
       <c r="B723">
         <v>2023</v>
       </c>
       <c r="C723">
         <v>34</v>
       </c>
       <c r="D723" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E723" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F723" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="H723" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724">
         <v>50672</v>
       </c>
       <c r="B724">
         <v>2023</v>
       </c>
       <c r="C724">
         <v>35</v>
       </c>
       <c r="D724" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E724" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F724" t="s">
         <v>292</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="H724" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725">
         <v>50674</v>
       </c>
       <c r="B725">
         <v>2023</v>
       </c>
       <c r="C725">
         <v>36</v>
       </c>
       <c r="D725" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="E725" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="F725" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="H725" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726">
         <v>49899</v>
       </c>
       <c r="B726">
         <v>2023</v>
       </c>
       <c r="C726">
         <v>1</v>
       </c>
       <c r="D726" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E726" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F726" t="s">
         <v>10</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="H726" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727">
         <v>49900</v>
       </c>
       <c r="B727">
         <v>2023</v>
       </c>
       <c r="C727">
         <v>2</v>
       </c>
       <c r="D727" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E727" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F727" t="s">
         <v>10</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="H727" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728">
         <v>49902</v>
       </c>
       <c r="B728">
         <v>2023</v>
       </c>
       <c r="C728">
         <v>3</v>
       </c>
       <c r="D728" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E728" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F728" t="s">
         <v>10</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="H728" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729">
         <v>49919</v>
       </c>
       <c r="B729">
         <v>2023</v>
       </c>
       <c r="C729">
         <v>4</v>
       </c>
       <c r="D729" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E729" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F729" t="s">
         <v>10</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="H729" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730">
         <v>50283</v>
       </c>
       <c r="B730">
         <v>2023</v>
       </c>
       <c r="C730">
         <v>5</v>
       </c>
       <c r="D730" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E730" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F730" t="s">
         <v>10</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="H730" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731">
         <v>50286</v>
       </c>
       <c r="B731">
         <v>2023</v>
       </c>
       <c r="C731">
         <v>6</v>
       </c>
       <c r="D731" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E731" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F731" t="s">
         <v>10</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="H731" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732">
         <v>50386</v>
       </c>
       <c r="B732">
         <v>2023</v>
       </c>
       <c r="C732">
         <v>7</v>
       </c>
       <c r="D732" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E732" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F732" t="s">
         <v>10</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="H732" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733">
         <v>50387</v>
       </c>
       <c r="B733">
         <v>2023</v>
       </c>
       <c r="C733">
         <v>8</v>
       </c>
       <c r="D733" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E733" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F733" t="s">
         <v>10</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="H733" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734">
         <v>50388</v>
       </c>
       <c r="B734">
         <v>2023</v>
       </c>
       <c r="C734">
         <v>9</v>
       </c>
       <c r="D734" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E734" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F734" t="s">
         <v>10</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="H734" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735">
         <v>50475</v>
       </c>
       <c r="B735">
         <v>2023</v>
       </c>
       <c r="C735">
         <v>10</v>
       </c>
       <c r="D735" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E735" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F735" t="s">
         <v>10</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="H735" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736">
         <v>50476</v>
       </c>
       <c r="B736">
         <v>2023</v>
       </c>
       <c r="C736">
         <v>11</v>
       </c>
       <c r="D736" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E736" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F736" t="s">
         <v>10</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="H736" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737">
         <v>50493</v>
       </c>
       <c r="B737">
         <v>2023</v>
       </c>
       <c r="C737">
         <v>12</v>
       </c>
       <c r="D737" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E737" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F737" t="s">
         <v>10</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="H737" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738">
         <v>50495</v>
       </c>
       <c r="B738">
         <v>2023</v>
       </c>
       <c r="C738">
         <v>13</v>
       </c>
       <c r="D738" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E738" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F738" t="s">
         <v>10</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="H738" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739">
         <v>50528</v>
       </c>
       <c r="B739">
         <v>2023</v>
       </c>
       <c r="C739">
         <v>14</v>
       </c>
       <c r="D739" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E739" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F739" t="s">
         <v>10</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="H739" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740">
         <v>50529</v>
       </c>
       <c r="B740">
         <v>2023</v>
       </c>
       <c r="C740">
         <v>15</v>
       </c>
       <c r="D740" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E740" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F740" t="s">
         <v>10</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="H740" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741">
         <v>50530</v>
       </c>
       <c r="B741">
         <v>2023</v>
       </c>
       <c r="C741">
         <v>16</v>
       </c>
       <c r="D741" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E741" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="H741" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742">
         <v>50546</v>
       </c>
       <c r="B742">
         <v>2023</v>
       </c>
       <c r="C742">
         <v>17</v>
       </c>
       <c r="D742" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E742" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F742" t="s">
         <v>10</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="H742" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743">
         <v>50574</v>
       </c>
       <c r="B743">
         <v>2023</v>
       </c>
       <c r="C743">
         <v>18</v>
       </c>
       <c r="D743" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E743" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F743" t="s">
         <v>10</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="H743" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744">
         <v>50576</v>
       </c>
       <c r="B744">
         <v>2023</v>
       </c>
       <c r="C744">
         <v>19</v>
       </c>
       <c r="D744" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E744" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F744" t="s">
         <v>10</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="H744" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745">
         <v>50579</v>
       </c>
       <c r="B745">
         <v>2023</v>
       </c>
       <c r="C745">
         <v>20</v>
       </c>
       <c r="D745" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E745" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F745" t="s">
         <v>10</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="H745" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746">
         <v>50585</v>
       </c>
       <c r="B746">
         <v>2023</v>
       </c>
       <c r="C746">
         <v>21</v>
       </c>
       <c r="D746" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E746" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F746" t="s">
         <v>10</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="H746" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747">
         <v>50644</v>
       </c>
       <c r="B747">
         <v>2023</v>
       </c>
       <c r="C747">
         <v>22</v>
       </c>
       <c r="D747" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E747" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F747" t="s">
         <v>10</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="H747" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748">
         <v>50659</v>
       </c>
       <c r="B748">
         <v>2023</v>
       </c>
       <c r="C748">
         <v>23</v>
       </c>
       <c r="D748" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E748" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F748" t="s">
         <v>10</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="H748" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749">
         <v>50660</v>
       </c>
       <c r="B749">
         <v>2023</v>
       </c>
       <c r="C749">
         <v>24</v>
       </c>
       <c r="D749" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="E749" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="F749" t="s">
         <v>10</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="H749" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750">
         <v>50057</v>
       </c>
       <c r="B750">
         <v>2023</v>
       </c>
       <c r="C750">
         <v>1</v>
       </c>
       <c r="D750" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E750" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F750" t="s">
         <v>10</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="H750" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751">
         <v>50142</v>
       </c>
       <c r="B751">
         <v>2023</v>
       </c>
       <c r="C751">
         <v>2</v>
       </c>
       <c r="D751" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E751" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F751" t="s">
         <v>253</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="H751" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752">
         <v>50228</v>
       </c>
       <c r="B752">
         <v>2023</v>
       </c>
       <c r="C752">
         <v>3</v>
       </c>
       <c r="D752" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E752" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F752" t="s">
         <v>10</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="H752" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753">
         <v>50245</v>
       </c>
       <c r="B753">
         <v>2023</v>
       </c>
       <c r="C753">
         <v>4</v>
       </c>
       <c r="D753" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E753" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F753" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="H753" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754">
         <v>50290</v>
       </c>
       <c r="B754">
         <v>2023</v>
       </c>
       <c r="C754">
         <v>5</v>
       </c>
       <c r="D754" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E754" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F754" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="H754" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755">
         <v>50492</v>
       </c>
       <c r="B755">
         <v>2023</v>
       </c>
       <c r="C755">
         <v>6</v>
       </c>
       <c r="D755" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E755" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F755" t="s">
         <v>10</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="H755" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756">
         <v>50497</v>
       </c>
       <c r="B756">
         <v>2023</v>
       </c>
       <c r="C756">
         <v>7</v>
       </c>
       <c r="D756" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E756" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F756" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="H756" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757">
         <v>50511</v>
       </c>
       <c r="B757">
         <v>2023</v>
       </c>
       <c r="C757">
         <v>8</v>
       </c>
       <c r="D757" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E757" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F757" t="s">
         <v>147</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="H757" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758">
         <v>50664</v>
       </c>
       <c r="B758">
         <v>2023</v>
       </c>
       <c r="C758">
         <v>9</v>
       </c>
       <c r="D758" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="E758" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="F758" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="H758" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759">
         <v>50381</v>
       </c>
       <c r="B759">
         <v>2023</v>
       </c>
       <c r="C759">
         <v>1</v>
       </c>
       <c r="D759" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="E759" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="F759" t="s">
         <v>265</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="H759" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>